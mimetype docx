--- v0 (2025-10-14)
+++ v1 (2026-01-05)
@@ -1,6926 +1,4587 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
-  <Default Extension="svg" ContentType="image/svg+xml"/>
+  <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="wdp" ContentType="image/vnd.ms-photo"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/glossary/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:tbl>
-[...235 lines deleted...]
-      </w:pPr>
+    <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC">
       <w:r>
         <w:rPr>
+          <w:b/>
+          <w:i/>
           <w:noProof/>
-          <w:color w:val="auto"/>
-[...1 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:sz w:val="48"/>
+          <w:szCs w:val="48"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251739648" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="673DB94E" wp14:editId="45FAE217">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B4DA5DE">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>2124759</wp:posOffset>
+              <wp:posOffset>-676275</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>-1075641</wp:posOffset>
+              <wp:posOffset>-914400</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="4525501" cy="1336431"/>
-            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:extent cx="1362075" cy="1229331"/>
+            <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:wrapNone/>
-            <wp:docPr id="26" name="Image 26"/>
+            <wp:docPr id="4" name="Image 4"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="photo UPS Offre d'emploi.png"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 2"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId10" cstate="print">
+                    <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="4525498" cy="1336430"/>
+                      <a:ext cx="1366163" cy="1233021"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="page">
+            <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
-            <wp14:sizeRelV relativeFrom="page">
+            <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="0000635A" w:rsidRDefault="000F6D2B" w:rsidP="00AA5536">
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="page">
+              <wp:align>right</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:align>top</wp:align>
+            </wp:positionV>
+            <wp:extent cx="7543800" cy="2686050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="2" name="Image 2"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId9">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect l="1851" t="5211" r="813" b="2931"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7543800" cy="2686050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="margin">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="margin">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Grilledutableau"/>
+        <w:tblW w:w="9735" w:type="dxa"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9735"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="008A54A2" w:rsidTr="005D77A7">
+        <w:trPr>
+          <w:trHeight w:val="1225"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FCE8F7"/>
+          </w:tcPr>
+          <w:p w:rsidR="00187A5D" w:rsidRPr="00657FCC" w:rsidRDefault="00D03E52" w:rsidP="00187A5D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+                <w:b/>
+                <w:sz w:val="32"/>
+              </w:rPr>
+              <w:t xml:space="preserve">OFFRE DE POSTE : </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:sdt>
+            <w:sdtPr>
+              <w:rPr>
+                <w:sz w:val="32"/>
+                <w:szCs w:val="32"/>
+              </w:rPr>
+              <w:id w:val="828647776"/>
+              <w:placeholder>
+                <w:docPart w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
+              </w:placeholder>
+              <w:showingPlcHdr/>
+              <w:text/>
+            </w:sdtPr>
+            <w:sdtEndPr/>
+            <w:sdtContent>
+              <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+                <w:pPr>
+                  <w:jc w:val="center"/>
+                  <w:rPr>
+                    <w:sz w:val="32"/>
+                    <w:szCs w:val="32"/>
+                  </w:rPr>
+                </w:pPr>
+                <w:r w:rsidRPr="00C46117">
+                  <w:rPr>
+                    <w:rStyle w:val="Textedelespacerserv"/>
+                  </w:rPr>
+                  <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+                </w:r>
+              </w:p>
+            </w:sdtContent>
+          </w:sdt>
+          <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w:rsidR="00657FCC" w:rsidRPr="00187A5D" w:rsidRDefault="00657FCC" w:rsidP="005D77A7">
+            <w:pPr>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00ED0A7C" w:rsidRPr="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00ED0A7C">
+      <w:pPr>
+        <w:jc w:val="center"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00187A5D" w:rsidRPr="00317894" w:rsidRDefault="00D55C0A" w:rsidP="00187A5D">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="24" w:space="1" w:color="FFC000"/>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
-        <w:ind w:left="-851" w:right="-851"/>
-        <w:rPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...3 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...4 lines deleted...]
-        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L’</w:t>
+      </w:r>
+      <w:r w:rsidR="00187A5D" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:sz w:val="28"/>
-[...15 lines deleted...]
-        <w:spacing w:after="0" w:line="793" w:lineRule="exact"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Université</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF7347" w:rsidRPr="00317894" w:rsidRDefault="00CF7347" w:rsidP="00CF7347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2297"/>
+        </w:tabs>
         <w:jc w:val="both"/>
-        <w:textAlignment w:val="baseline"/>
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve">L'Université de Toulouse, anciennement Université Toulouse III – Paul Sabatier est l'une des principales universités françaises avec plus de 37 000 étudiantes et étudiants. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF7347" w:rsidRPr="00317894" w:rsidRDefault="00CF7347" w:rsidP="00CF7347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2297"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>La diversité de ses laboratoires et la qualité de ses enseignements dans les domaines de la science, de la santé, du sport, de la technologie et de l'ingénierie lui assurent un rayonnement scientifique national et international.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF7347" w:rsidRPr="00317894" w:rsidRDefault="00CF7347" w:rsidP="00CF7347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2297"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>L'université compte 71 laboratoires et structures fédératives axés sur la recherche. Elle abrite également un patrimoine scientifique remarquable, dont un laboratoire d’observation des sciences de l’univers situé au pic du midi qui œuvre depuis plus de 150 ans, ainsi le pic du midi et son observatoire finalisent leur candidature au patrimoine mondial de l’humanité.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00CF7347" w:rsidRPr="00317894" w:rsidRDefault="00CF7347" w:rsidP="00CF7347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2297"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>Depuis le 1er janvier 2025, l’université de Toulouse est devenue un établissement public expérimental et accueille l’École d’ingénieurs de Purpan comme établissement-composante. Elle est cheffe de file d’un collectif qui rassemble des forces académiques de Toulouse et de son territoire pour partager une stratégie de recherche, de formation, d’innovation commune et renforcer sa place au rang mondial.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="005D77A7" w:rsidP="00CF7347">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2297"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...33 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251654144" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14E75482" wp14:editId="09A1CD01">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251668480" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72660CFB" wp14:editId="500CE049">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>2500630</wp:posOffset>
+                  <wp:align>right</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>1089660</wp:posOffset>
+                  <wp:posOffset>300990</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="1131684" cy="1038860"/>
-                <wp:effectExtent l="0" t="0" r="11430" b="27940"/>
+                <wp:extent cx="6191250" cy="2133600"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="14" name="Rectangle : coins arrondis 14"/>
+                <wp:docPr id="16" name="Rectangle 16"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="1131684" cy="1038860"/>
+                          <a:ext cx="6191250" cy="2133600"/>
                         </a:xfrm>
-                        <a:prstGeom prst="roundRect">
+                        <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FBE5F5"/>
+                        </a:solidFill>
                         <a:ln>
-                          <a:solidFill>
-[...1 lines deleted...]
-                          </a:solidFill>
+                          <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
-                          <a:schemeClr val="lt1"/>
+                          <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx>
-[...29 lines deleted...]
-                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="14E75482" id="Rectangle : coins arrondis 14" o:spid="_x0000_s1026" style="position:absolute;left:0;text-align:left;margin-left:196.9pt;margin-top:85.8pt;width:89.1pt;height:81.8pt;z-index:-251662336;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAJNTb3ngIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7bTLMuCOkWQIsOA&#10;oivaDj0rspwIk0WNUv72NHuWPdko2XGzLqdhF5k0+fGfvLreN4ZtFXoNtuTFRc6ZshIqbVcl//q0&#10;eDfmzAdhK2HAqpIflOfX07dvrnZuogawBlMpZGTE+snOlXwdgptkmZdr1Qh/AU5ZEtaAjQjE4iqr&#10;UOzIemOyQZ6Psh1g5RCk8p7+3rRCPk3261rJ8KWuvQrMlJxiC+nF9C7jm02vxGSFwq217MIQ/xBF&#10;I7Qlp72pGxEE26D+y1SjJYKHOlxIaDKoay1VyoGyKfJX2TyuhVMpFyqOd32Z/P8zK++298h0Rb0b&#10;cmZFQz16oKoJuzLq188Jk6CtZwIRbKU9Iy0q2c75CSEf3T12nCcy5r+vsYlfyoztU5kPfZnVPjBJ&#10;P4vishiNyZ0kWZFfjsej1IjsBe7Qh08KGhaJkiNsbBXDSjUW21sfyC/pH/WiS2Pj68HoaqGNSQyu&#10;lnODbCuo/YvFPM+Pjk7UyEyEZjGpNo1EhYNRrdkHVVOFKPBBcp9mU/VmhZTKhlEsS7JE2hFWUwg9&#10;sDgHNKHoQJ1uhKk0sz0wPwf802OPSF7Bhh7caAt4zkD1rffc6h+zb3OO6Yf9cp/GYnDs9xKqA40K&#10;QrtD3smFpubcCh/uBdLS0HrRIQhf6KkN7EoOHcXZGvDHuf9Rn2aZpJztaAlL7r9vBCrOzGdLU/6x&#10;GA7j1iZm+P7DgBg8lSxPJXbTzIEaXdDJcTKRUT+YI1kjNM90L2bRK4mEleS75DLgkZmH9jjQxZFq&#10;NktqtKlOhFv76GQ0Husc5+5p/yzQdRMaaLjv4LiwYvJqRlvdiLQw2wSodRrgWOm2rl0HaMvTGHUX&#10;KZ6RUz5pvdzN6W8AAAD//wMAUEsDBBQABgAIAAAAIQC1J6WF3gAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI9BTsMwEEX3SNzBGiR21Gmipm0ap0JIXRUWbTmAGw9J1Hgc2U4Tbs+wguXoff15v9zP&#10;thd39KFzpGC5SEAg1c501Cj4vBxeNiBC1GR07wgVfGOAffX4UOrCuIlOeD/HRnAJhUIraGMcCilD&#10;3aLVYeEGJGZfzlsd+fSNNF5PXG57mSZJLq3uiD+0esC3FuvbebQKhmQ8xWhp2o7TRz5vjsf3Q+KV&#10;en6aX3cgIs7xLwy/+qwOFTtd3UgmiF5Bts1YPTJYL3MQnFitU153ZZStUpBVKf9vqH4AAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEACTU2954CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAtSelhd4AAAALAQAADwAAAAAAAAAAAAAAAAD4BAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAMGAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#ffc000" strokeweight="2pt">
-[...30 lines deleted...]
-                </v:textbox>
+              <v:rect w14:anchorId="7C12D58E" id="Rectangle 16" o:spid="_x0000_s1026" style="position:absolute;margin-left:436.3pt;margin-top:23.7pt;width:487.5pt;height:168pt;z-index:-251648000;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:right;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDgHm0OnAIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMFu2zAMvQ/YPwi6r7bTJluDOkXWLsOA&#10;og3aDj0rshQbkEVNUuJkXz9Kst2uK3YYloMjiuQj+UTy4vLQKrIX1jWgS1qc5JQIzaFq9Lak3x9X&#10;Hz5R4jzTFVOgRUmPwtHLxft3F52ZiwnUoCphCYJoN+9MSWvvzTzLHK9Fy9wJGKFRKcG2zKNot1ll&#10;WYforcomeT7LOrCVscCFc3h7nZR0EfGlFNzfSemEJ6qkmJuPXxu/m/DNFhdsvrXM1A3v02D/kEXL&#10;Go1BR6hr5hnZ2eYPqLbhFhxIf8KhzUDKhotYA1ZT5K+qeaiZEbEWJMeZkSb3/2D57X5tSVPh280o&#10;0azFN7pH1pjeKkHwDgnqjJuj3YNZ215yeAzVHqRtwz/WQQ6R1ONIqjh4wvFyVpwXkylyz1E3KU5P&#10;Z3mkPXt2N9b5rwJaEg4ltRg/ksn2N85jSDQdTEI0B6qpVo1SUbDbzZWyZM/whVefv0xX05Azuvxm&#10;pnQw1hDckjrcZKG0VEw8+aMSwU7peyGRFUx/EjOJ/SjGOIxzoX2RVDWrRAo/zfE3RA8dHDxiLhEw&#10;IEuMP2L3AINlAhmwU5a9fXAVsZ1H5/xviSXn0SNGBu1H57bRYN8CUFhVHznZDyQlagJLG6iO2DMW&#10;0jA5w1cNvtsNc37NLE4PvjVuBH+HH6mgKyn0J0pqsD/fug/22NSopaTDaSyp+7FjVlCivmls9/Pi&#10;7CyMbxTOph8nKNiXms1Ljd61V4DtUODuMTweg71Xw1FaaJ9wcSxDVFQxzTF2Sbm3g3Dl05bA1cPF&#10;chnNcGQN8zf6wfAAHlgNffl4eGLW9M3rse9vYZhcNn/Vw8k2eGpY7jzIJjb4M6893zjusXH61RT2&#10;yUs5Wj0v0MUvAAAA//8DAFBLAwQUAAYACAAAACEAD4/ZD94AAAAHAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXCrqQAMpIZsKqKqqR1KkXt1kSSLsdbCdNvw95gTHnRnNvC1Wk9Hi&#10;RM73lhFu5wkI4to2PbcI7/vNzRKED4obpS0Twjd5WJWXF4XKG3vmNzpVoRWxhH2uELoQhlxKX3dk&#10;lJ/bgTh6H9YZFeLpWtk4dY7lRsu7JHmQRvUcFzo10GtH9Wc1GoRMz9Zuln2N1WbPL+udOxx2W0a8&#10;vpqen0AEmsJfGH7xIzqUkeloR2680AjxkYCQZimI6D5m91E4IiyWixRkWcj//OUPAAAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAOAebQ6cAgAAiAUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAA+P2Q/eAAAABwEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="#fbe5f5" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
-              </v:roundrect>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="0000635A" w:rsidRPr="00A0768F">
-[...29 lines deleted...]
-        <w:r w:rsidR="0000635A" w:rsidRPr="00A0768F">
+    </w:p>
+    <w:p w:rsidR="00657FCC" w:rsidRPr="00317894" w:rsidRDefault="00E86F4E" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">’Université </w:t>
+      </w:r>
+      <w:r w:rsidR="00697A22" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve">en quelques chiffres </w:t>
+      </w:r>
+      <w:r w:rsidR="00657FCC" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00A115F1" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:noProof/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00657FCC" w:rsidRPr="00317894" w:rsidRDefault="00657FCC" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>432 millions d'euros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de budget annuel, dont 326 millions d'euros de masse salariale,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00697A22" w:rsidRPr="00317894" w:rsidRDefault="00657FCC" w:rsidP="00697A22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>4 404 personnels</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> dont 2 681 enseignants et enseignants-chercheurs et 1 723 personnels administratifs et techniques</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86F4E" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00697A22" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00697A22" w:rsidRPr="00317894" w:rsidRDefault="00697A22" w:rsidP="00697A22">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+        </w:rPr>
+        <w:t>5 composantes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : Faculté de santé, Faculté des sciences et du mouvement humain, Facu</w:t>
+      </w:r>
+      <w:r w:rsidR="000C1FD2" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>té des sciences et ingénierie, Institut universitaire de technologie Toulouse - Auch - Castres et l'Observatoire Midi-Pyrénées</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00657FCC" w:rsidRPr="00317894" w:rsidRDefault="00657FCC" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00657FCC" w:rsidRPr="00317894" w:rsidRDefault="00266B83" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>71</w:t>
+      </w:r>
+      <w:r w:rsidR="00657FCC" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> structures de recherche </w:t>
+      </w:r>
+      <w:r w:rsidR="00657FCC" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>dont 42 unités mixtes de recherche</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86F4E" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00657FCC" w:rsidRPr="00317894" w:rsidRDefault="00657FCC" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rStyle w:val="lev"/>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>36 964 étudiantes et étudiants</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>, dont 2606 inscrits en alternanc</w:t>
+      </w:r>
+      <w:r w:rsidR="00250EA3" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E86F4E" w:rsidRPr="00317894" w:rsidRDefault="00250EA3" w:rsidP="00E86F4E">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Présente dans </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>8 villes en Occitanie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light" w:cs="Calibri Light"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>La</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> structure et rattachement hiérarchique (présentation, rattachement, composition équipe)</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="41646935"/>
+        <w:placeholder>
+          <w:docPart w:val="3CBF15CFF1834A37B20B59F079491C24"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="0009661D" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Missions</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-905454735"/>
+        <w:placeholder>
+          <w:docPart w:val="FB61A4450F2D454B9D083E52AD750A75"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="0009661D" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007213F9" w:rsidRDefault="007213F9" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Profil recherché</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Connaissances :</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkStart w:id="0" w:name="_Hlk216249925" w:displacedByCustomXml="next"/>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:id w:val="-308862921"/>
+        <w:placeholder>
+          <w:docPart w:val="D66BD941FE7144588C82AD35A99FD45F"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRPr="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:bookmarkEnd w:id="0" w:displacedByCustomXml="prev"/>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Savoir-faire technique :</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:id w:val="-1230144545"/>
+        <w:placeholder>
+          <w:docPart w:val="2CEE9D081DF3455DACB015E2F27EB9CB"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Savoirs comportementaux :</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:id w:val="-1257906195"/>
+        <w:placeholder>
+          <w:docPart w:val="4B25FFA017EC4AA682856C4E9BC86A07"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004975BF" w:rsidRDefault="004975BF" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="004975BF" w:rsidRPr="00BE78FE" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Diplôme requis :</w:t>
+      </w:r>
+      <w:r w:rsidR="005D77A7" w:rsidRPr="005D77A7">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
           <w:rPr>
-            <w:rFonts w:cs="Arial"/>
-[...3 lines deleted...]
-            <w:u w:val="single"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
           </w:rPr>
-          <w:t>http://www.univ-tlse3.fr</w:t>
-[...10 lines deleted...]
-      </w:r>
+          <w:id w:val="2006546003"/>
+          <w:placeholder>
+            <w:docPart w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="Aucun diplôme requis " w:value="Aucun diplôme requis "/>
+            <w:listItem w:displayText="CAP (Certificat d'Aptitude Professionnelle)" w:value="CAP (Certificat d'Aptitude Professionnelle)"/>
+            <w:listItem w:displayText="BEP (Brevet d'Etudes Professionnelle)" w:value="BEP (Brevet d'Etudes Professionnelle)"/>
+            <w:listItem w:displayText="BAC" w:value="BAC"/>
+            <w:listItem w:displayText="BAC +2 (BTS)" w:value="BAC +2 (BTS)"/>
+            <w:listItem w:displayText="BAC+3 (Licence, BUT)" w:value="BAC+3 (Licence, BUT)"/>
+            <w:listItem w:displayText="BAC+5 (Master, Diplôme d'ingénieur)" w:value="BAC+5 (Master, Diplôme d'ingénieur)"/>
+            <w:listItem w:displayText="Doctorat, Phd" w:value="Doctorat, Phd"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="005D77A7" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
-[...16 lines deleted...]
-    <w:p w:rsidR="0042464A" w:rsidRPr="00A0768F" w:rsidRDefault="0042464A" w:rsidP="008D0697">
+          <w:b/>
+        </w:rPr>
+        <w:t>Expérience souhaitée :</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE78FE">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:id w:val="-495192352"/>
+          <w:placeholder>
+            <w:docPart w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="Aucune expérience requise" w:value="Aucune expérience requise"/>
+            <w:listItem w:displayText="Stage ou alternance dans le secteur" w:value="Stage ou alternance dans le secteur"/>
+            <w:listItem w:displayText="Débutant (1 à 3 ans d'expérience)" w:value="Débutant (1 à 3 ans d'expérience)"/>
+            <w:listItem w:displayText="Intermédiaire (3 à 5 ans d'expérience)" w:value="Intermédiaire (3 à 5 ans d'expérience)"/>
+            <w:listItem w:displayText="Avancé (5 à 10 ans)" w:value="Avancé (5 à 10 ans)"/>
+            <w:listItem w:displayText="Expert (Plus de 10 ans)" w:value="Expert (Plus de 10 ans)"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="0009661D" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00BE78FE" w:rsidRDefault="00BE78FE" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Informations complémentaires / sujétions du poste :</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00D55C0A" w:rsidP="00BE78FE">
       <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...8 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>Exemple : télétravail sur le poste, astreinte, poste soumis accès ZRR ou poste non soumis accès ZR</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86F4E">
+        <w:t>R, NBI</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-1166094812"/>
+        <w:placeholder>
+          <w:docPart w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00BE78FE" w:rsidRPr="00BE78FE" w:rsidRDefault="00BE78FE" w:rsidP="00BE78FE">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Conditions générales du poste : </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Catégorie du poste : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-490559417"/>
+          <w:placeholder>
+            <w:docPart w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="A+" w:value="A+"/>
+            <w:listItem w:displayText="A" w:value="A"/>
+            <w:listItem w:displayText="A ou B" w:value="A ou B"/>
+            <w:listItem w:displayText="B" w:value="B"/>
+            <w:listItem w:displayText="B ou C" w:value="B ou C"/>
+            <w:listItem w:displayText="C" w:value="C"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00BE78FE" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Corps de recrutement : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="163908135"/>
+          <w:placeholder>
+            <w:docPart w:val="308498223A5745BAB14B2563B6BDE60E"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="Apprentissage / Stage" w:value="Apprentissage / Stage"/>
+            <w:listItem w:displayText="IGR ou équivalent" w:value="IGR ou équivalent"/>
+            <w:listItem w:displayText="IGE ou équivalent" w:value="IGE ou équivalent"/>
+            <w:listItem w:displayText="ASI ou équivalent" w:value="ASI ou équivalent"/>
+            <w:listItem w:displayText="TECH ou équivalent" w:value="TECH ou équivalent"/>
+            <w:listItem w:displayText="ATRF ou équivalent" w:value="ATRF ou équivalent"/>
+            <w:listItem w:displayText="Chercheur Post Doctorant" w:value="Chercheur Post Doctorant"/>
+            <w:listItem w:displayText="Doctorant" w:value="Doctorant"/>
+            <w:listItem w:displayText="Enseignant" w:value="Enseignant"/>
+            <w:listItem w:displayText="Enseignant/ Chercheur" w:value="Enseignant/ Chercheur"/>
+            <w:listItem w:displayText="Emploi Fonctionnel ou équivalent" w:value="Emploi Fonctionnel ou équivalent"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="007166A4" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Quotité de travail : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="278538996"/>
+          <w:placeholder>
+            <w:docPart w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Date de prise de fonctions souhaitée : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="513043413"/>
+          <w:placeholder>
+            <w:docPart w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>Poste ouver</w:t>
+      </w:r>
+      <w:r w:rsidR="007166A4">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="007166A4" w:rsidRPr="007166A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="898628215"/>
+          <w:placeholder>
+            <w:docPart w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="aux titulaires et contractuels" w:value="aux titulaires et contractuels"/>
+            <w:listItem w:displayText="uniquement aux contractuels" w:value="uniquement aux contractuels"/>
+            <w:listItem w:displayText="Apprentissage" w:value="Apprentissage"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtContent>
+          <w:r w:rsidR="007166A4" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="007166A4">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Type de contrat proposé et durée pour les contractuels : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="665515692"/>
+          <w:placeholder>
+            <w:docPart w:val="5AE78749C8B84B93843F10211FEBF513"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00227285" w:rsidRPr="00D55C0A" w:rsidRDefault="00227285" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Localisation géographique : </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-2125144279"/>
+          <w:placeholder>
+            <w:docPart w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00A115F1" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251686912" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02A5BE03" wp14:editId="2B772586">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78931EFA" wp14:editId="3F184EDD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>3695065</wp:posOffset>
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>226695</wp:posOffset>
+                  <wp:posOffset>238760</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2257700" cy="1967023"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="14605"/>
+                <wp:extent cx="6286500" cy="1695450"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="19" name="Rectangle : coins arrondis 19"/>
+                <wp:docPr id="14" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2257700" cy="1967023"/>
+                          <a:ext cx="6286500" cy="1695450"/>
                         </a:xfrm>
-                        <a:prstGeom prst="roundRect">
+                        <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FBE5F5"/>
+                        </a:solidFill>
                         <a:ln>
-                          <a:solidFill>
-[...1 lines deleted...]
-                          </a:solidFill>
+                          <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
-                          <a:schemeClr val="lt1"/>
+                          <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx>
-[...151 lines deleted...]
-                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="02A5BE03" id="Rectangle : coins arrondis 19" o:spid="_x0000_s1027" style="position:absolute;left:0;text-align:left;margin-left:290.95pt;margin-top:17.85pt;width:177.75pt;height:154.9pt;z-index:-251629568;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCPDXTonAIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r3aytlmDOkWQIsOA&#10;og3aDj0rspwIk0WNUhJnT7Nn2ZONkh0363IadpFJkx//yeubpjZsq9BrsAUfnOWcKSuh1HZV8K/P&#10;8w+fOPNB2FIYsKrge+X5zeT9u+udG6shrMGUChkZsX68cwVfh+DGWeblWtXCn4FTloQVYC0CsbjK&#10;ShQ7sl6bbJjnl9kOsHQIUnlPf29bIZ8k+1WlZHioKq8CMwWn2EJ6Mb3L+GaTazFeoXBrLbswxD9E&#10;UQttyWlv6lYEwTao/zJVa4ngoQpnEuoMqkpLlXKgbAb5m2ye1sKplAsVx7u+TP7/mZX32wUyXVLv&#10;rjizoqYePVLVhF0Z9evnmEnQ1jOBCLbUnpEWlWzn/JiQT26BHeeJjPk3FdbxS5mxJpV535dZNYFJ&#10;+jkcXoxGOXVDkmxwdTnKhx+j1ewV7tCHzwpqFomCI2xsGcNKNRbbOx9a/YNedGlsfD0YXc61MYnB&#10;1XJmkG0FtX8+n+XktQUeqZHbCM1iUm0aiQp7o1qzj6qiCsXAk/s0m6o3K6RUNlx2do0l7QirKIQe&#10;ODgFNGHQgTrdCFNpZntgfgr4p8cekbyCDT241hbwlIHyW++51T9k3+Yc0w/NsmnHIsYY/yyh3NOo&#10;ILQ75J2ca2rOnfBhIZCWhhpKhyA80FMZ2BUcOoqzNeCPU/+jPs0ySTnb0RIW3H/fCFScmS+Wpvxq&#10;cH4etzYx5xejITF4LFkeS+ymngE1ekAnx8lERv1gDmSFUL/QvZhGryQSVpLvgsuAB2YW2uNAF0eq&#10;6TSp0aY6Ee7sk5PReKxznLvn5kWg6yY00HDfw2FhxfjNjLa6EWlhuglQ6TTAr3XtOkBbnvagu0jx&#10;jBzzSev1bk5+AwAA//8DAFBLAwQUAAYACAAAACEA7dU3Rd4AAAAKAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMAyG70i8Q2QkbiwZW7e2azohpJ0Ghw0eIGu8tqJxqiZdy9tjTnC0/en39xf72XXi&#10;hkNoPWlYLhQIpMrblmoNnx+HpxREiIas6Tyhhm8MsC/v7wqTWz/RCW/nWAsOoZAbDU2MfS5lqBp0&#10;Jix8j8S3qx+ciTwOtbSDmTjcdfJZqY10piX+0JgeXxusvs6j09Cr8RSjoykbp/fNnB6Pbwc1aP34&#10;ML/sQESc4x8Mv/qsDiU7XfxINohOQ5IuM0Y1rJItCAay1XYN4sKLdZKALAv5v0L5AwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAI8NdOicAgAAfwUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAO3VN0XeAAAACgEAAA8AAAAAAAAAAAAAAAAA9gQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAAABBgAAAAA=&#10;" fillcolor="white [3201]" strokecolor="#ffc000" strokeweight="2pt">
-[...152 lines deleted...]
-                </v:textbox>
+              <v:rect w14:anchorId="4BFD03FA" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:18.8pt;width:495pt;height:133.5pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXmrFkmwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50ESdYGdYqsXYYB&#10;RVu0HXpWZCk2IIsapcTJfv0o+dHHih2GXWxRJD+Sn0ieXxxqw/YKfQU25+OTEWfKSigqu835j8f1&#10;p1POfBC2EAasyvlReX6x/PjhvHELNYESTKGQEYj1i8blvAzBLbLMy1LVwp+AU5aUGrAWgUTcZgWK&#10;htBrk01Go3nWABYOQSrv6faqVfJlwtdayXCrtVeBmZxTbiF9MX038Zstz8Vii8KVlezSEP+QRS0q&#10;S0EHqCsRBNth9QdUXUkEDzqcSKgz0LqSKtVA1YxHb6p5KIVTqRYix7uBJv//YOXN/g5ZVdDbTTmz&#10;oqY3uifWhN0axeiOCGqcX5Ddg7vDTvJ0jNUeNNbxT3WwQyL1OJCqDoFJupxPTuezEXEvSTeen82m&#10;s0R79uzu0IdvCmoWDzlHip/IFPtrHygkmfYmMZoHUxXrypgk4HZzaZDtBb3w+svX2XoWcyaXV2bG&#10;RmML0a1Vx5ssltYWk07haFS0M/ZeaWKF0p+kTFI/qiGOkFLZMG5VpShUG57KpEK76LGDo0fKJQFG&#10;ZE3xB+wOoLdsQXrsFqazj64qtfPgPPpbYq3z4JEigw2Dc11ZwPcADFXVRW7te5JaaiJLGyiO1DMI&#10;7TB5J9cVvdu18OFOIE0PvTVthHBLH22gyTl0J85KwF/v3Ud7amrSctbQNObc/9wJVJyZ75ba/Ww8&#10;ncbxTcJ09nlCAr7UbF5q7K6+BGqHMe0eJ9Mx2gfTHzVC/USLYxWjkkpYSbFzLgP2wmVotwStHqlW&#10;q2RGI+tEuLYPTkbwyGrsy8fDk0DXNW+gvr+BfnLF4k0Pt7bR08JqF0BXqcGfee34pnFPjdOtprhP&#10;XsrJ6nmBLn8DAAD//wMAUEsDBBQABgAIAAAAIQC+1dnS3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUhcKmrzo6QNcSqgqlCPpEi9urGbRNjrYDtteHuWUznOzGrm23I1OctO&#10;JsTeo4T7uQBmsPG6x1bC525ztwAWk0KtrEcj4cdEWFXXV6UqtD/jhznVqWVUgrFQErqUhoLz2HTG&#10;qTj3g0HKjj44lUiGluugzlTuLH8QIuNO9UgLnRrMW2ear3p0EnI7W4dZ/j3Wmx2+rrdhv9++o5S3&#10;N9PLM7BkpnQ5hj98QoeKmA5+RB2ZlUCPJAmPeQaM0uVSkHEgQzxlwKuS/+evfgEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCXmrFkmwIAAIgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC+1dnS3QAAAAcBAAAPAAAAAAAAAAAAAAAAAPUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" fillcolor="#fbe5f5" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
-              </v:roundrect>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidRPr="00A0768F">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00D55C0A" w:rsidRPr="00D55C0A">
+        <w:t>Groupe RIFSEEP ou cotation poste</w:t>
+      </w:r>
+      <w:r w:rsidR="00D55C0A">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55C0A" w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-1658456244"/>
+          <w:placeholder>
+            <w:docPart w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:dropDownList>
+            <w:listItem w:value="Choisissez un élément."/>
+            <w:listItem w:displayText="Pas de cotation spécifique" w:value="Pas de cotation spécifique"/>
+            <w:listItem w:displayText="1" w:value="1"/>
+            <w:listItem w:displayText="2" w:value="2"/>
+            <w:listItem w:displayText="3" w:value="3"/>
+          </w:dropDownList>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00227285" w:rsidP="004975BF">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="1"/>
+        </w:numPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">Rémunération </w:t>
+      </w:r>
+      <w:r w:rsidR="005B1226">
+        <w:t xml:space="preserve">(sera renseignée par les RH) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004975BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Pour les titulaires</w:t>
+      </w:r>
+      <w:r w:rsidR="00227285">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>: en fonction de la grille indiciaire + montant IFSE</w:t>
+      </w:r>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="2079625680"/>
+          <w:placeholder>
+            <w:docPart w:val="5A30465177244D06A3135FB02CDC6ACE"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>€+ modulation grade</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="00102B26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="004975BF">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Pour les contractuels</w:t>
+      </w:r>
+      <w:r w:rsidR="00227285">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">: elle est comprise entre </w:t>
+      </w:r>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="802734999"/>
+          <w:placeholder>
+            <w:docPart w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">€ et </w:t>
+      </w:r>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve">   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="-339852514"/>
+          <w:placeholder>
+            <w:docPart w:val="7CAFAFAA034041BC8B8728CA680F51A0"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00102B26">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>€ en fonction de leur expérience sur des fonctions</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t xml:space="preserve">similaires + Montant cotation du poste </w:t>
+      </w:r>
+      <w:r w:rsidR="004975BF">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="538326049"/>
+          <w:placeholder>
+            <w:docPart w:val="9DE2E703400F45AFAF46AA08523B60D6"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidRPr="00D55C0A">
+        <w:t>€</w:t>
+      </w:r>
+      <w:r w:rsidR="004975BF">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00227285">
+      <w:pPr>
+        <w:spacing w:after="0"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:id w:val="401792361"/>
+        <w:placeholder>
+          <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
+        </w:placeholder>
+        <w:text/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="00227285" w:rsidRPr="00BE78FE" w:rsidRDefault="00227285" w:rsidP="00BE78FE">
+          <w:pPr>
+            <w:pBdr>
+              <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+            </w:pBdr>
+          </w:pPr>
+          <w:r w:rsidRPr="00227285">
+            <w:rPr>
+              <w:b/>
+              <w:sz w:val="32"/>
+              <w:szCs w:val="32"/>
+            </w:rPr>
+            <w:t>Politique sociale et avantages :</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Contributions aux frais de transport en commun</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Congés jusqu’à 55 jours/an pour les contrats &gt; à 10 mois</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>3 Options de temps de travail (si contrat &gt; à 10 mois</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39h10 =&gt; 55 jours de congé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 38h15 =&gt; 50 jours de congé</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37h20 =&gt; 45 jours de congé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Possibilité d’aménagement du temps de travail</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Télétravail possible en fonction du poste</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Possibilité aménagement du poste de travail pour les personnes handicapées</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Formations et dispositif d'accompagnement à la prise de fonction managériale</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contributions à la complémentaire santé </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Subvention restauration collective</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Chèques vacances </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Service social</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Forfait mobilité durable (vélo, covoiturage)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Activités sportives et culturelles</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Établissement engagé (QVT, handicap, parité, diversité)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Facilité d’accès (métro, bus, périphériques, téléphérique et petits commerces)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Événements et conférences scientifiques (Journée des personnels, Afterwork, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56089" w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Conférences</w:t>
+      </w:r>
+      <w:r w:rsidR="00762D8C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>…</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00317894">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>Crèche.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...328 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251637760" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="26B1F6B5" wp14:editId="14524FCE">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251670528" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="734C02A4">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="margin">
-              <wp:posOffset>1877060</wp:posOffset>
+            <wp:positionH relativeFrom="page">
+              <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>445135</wp:posOffset>
+              <wp:posOffset>3468370</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="435610" cy="229235"/>
-[...14 lines deleted...]
-            <wp:docPr id="5" name="Graphique 5" descr="Diplôme"/>
+            <wp:extent cx="7553325" cy="2085975"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
+            <wp:wrapNone/>
+            <wp:docPr id="3" name="Image 3"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="5" name="diplomaroll.svg"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-                    <a:blip r:embed="rId12" cstate="print">
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
-                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-[...1 lines deleted...]
-                        </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:stretch>
-[...1 lines deleted...]
-                    </a:stretch>
+                    <a:srcRect t="25178" b="-1"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="435610" cy="229235"/>
+                      <a:ext cx="7553325" cy="2085975"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00ED3DA3">
-[...1 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r>
+        <w:rPr>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...2 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251641856" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="34CC4157" wp14:editId="1AF38697">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251669504" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="607D265F">
             <wp:simplePos x="0" y="0"/>
-            <wp:positionH relativeFrom="column">
-              <wp:posOffset>854075</wp:posOffset>
+            <wp:positionH relativeFrom="page">
+              <wp:align>left</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>120650</wp:posOffset>
+              <wp:posOffset>6383020</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="382270" cy="382270"/>
-[...12 lines deleted...]
-            <wp:docPr id="9" name="Graphique 9" descr="Accès universel"/>
+            <wp:extent cx="7553325" cy="2084705"/>
+            <wp:effectExtent l="0" t="0" r="9525" b="0"/>
+            <wp:wrapNone/>
+            <wp:docPr id="6" name="Image 6"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="9" name="universalaccess.svg"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 3"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
-                  <pic:blipFill>
-                    <a:blip r:embed="rId14" cstate="print">
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId10">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
-                        <a:ext uri="{96DAC541-7B7A-43D3-8B79-37D633B846F1}">
-[...1 lines deleted...]
-                        </a:ext>
                       </a:extLst>
                     </a:blip>
-                    <a:stretch>
-[...1 lines deleted...]
-                    </a:stretch>
+                    <a:srcRect t="25178" b="-1"/>
+                    <a:stretch/>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="382270" cy="382270"/>
+                      <a:ext cx="7553325" cy="2084705"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="margin">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="margin">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00EA4EBD">
-[...9 lines deleted...]
-    <w:p w:rsidR="000C2ADF" w:rsidRDefault="00ED3DA3" w:rsidP="000C2ADF">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A115F1" w:rsidRPr="00A115F1" w:rsidRDefault="00E72F57" w:rsidP="00A115F1">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Processus de recrutement</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00A115F1" w:rsidP="00102B26">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="510"/>
-          <w:tab w:val="left" w:pos="1020"/>
+          <w:tab w:val="left" w:pos="2550"/>
         </w:tabs>
-        <w:rPr>
-[...4 lines deleted...]
-        </w:rPr>
+        <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:cs="Arial"/>
           <w:noProof/>
-          <w:color w:val="000000"/>
-[...85 lines deleted...]
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
-              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251643904" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="59F48DDF" wp14:editId="15F391EF">
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
-                  <wp:posOffset>1336675</wp:posOffset>
+                  <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
-                  <wp:posOffset>13335</wp:posOffset>
+                  <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="2276475" cy="1094105"/>
-                <wp:effectExtent l="0" t="0" r="28575" b="10795"/>
+                <wp:extent cx="6210300" cy="1771650"/>
+                <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
-                <wp:docPr id="12" name="Rectangle : coins arrondis 12"/>
+                <wp:docPr id="13" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="2276475" cy="1094105"/>
+                          <a:ext cx="6210300" cy="1771650"/>
                         </a:xfrm>
-                        <a:prstGeom prst="roundRect">
+                        <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FBE5F5"/>
+                        </a:solidFill>
                         <a:ln>
-                          <a:solidFill>
-[...1 lines deleted...]
-                          </a:solidFill>
+                          <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1">
+                            <a:shade val="50000"/>
+                          </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
-                          <a:schemeClr val="lt1"/>
+                          <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
-                          <a:schemeClr val="accent6"/>
+                          <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
-                          <a:schemeClr val="dk1"/>
+                          <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
-                      <wps:txbx>
-[...22 lines deleted...]
-                      </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
-                <wp14:sizeRelH relativeFrom="margin">
-[...1 lines deleted...]
-                </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
-          <mc:Fallback xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex">
+          <mc:Fallback>
             <w:pict>
-              <v:roundrect w14:anchorId="59F48DDF" id="Rectangle : coins arrondis 12" o:spid="_x0000_s1030" style="position:absolute;left:0;text-align:left;margin-left:105.25pt;margin-top:1.05pt;width:179.25pt;height:86.15pt;z-index:-251672576;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" arcsize="10923f" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCsMTMwnQIAAH8FAAAOAAAAZHJzL2Uyb0RvYy54bWysVM1u2zAMvg/YOwi6r7aDtF2DOkWQIsOA&#10;oivaDj0rspwIk0WNUhJnT7Nn2ZONkh0363IadpFJkx//yeubtjFsq9BrsCUvznLOlJVQabsq+dfn&#10;xYePnPkgbCUMWFXyvfL8Zvr+3fXOTdQI1mAqhYyMWD/ZuZKvQ3CTLPNyrRrhz8ApS8IasBGBWFxl&#10;FYodWW9MNsrzi2wHWDkEqbynv7edkE+T/bpWMnypa68CMyWn2EJ6Mb3L+GbTazFZoXBrLfswxD9E&#10;0Qhtyelg6lYEwTao/zLVaIngoQ5nEpoM6lpLlXKgbIr8TTZPa+FUyoWK491QJv//zMr77QMyXVHv&#10;RpxZ0VCPHqlqwq6M+vVzwiRo65lABFtpz0iLSrZzfkLIJ/eAPeeJjPm3NTbxS5mxNpV5P5RZtYFJ&#10;+jkaXV6ML885kyQr8qtxkZ9Hq9kr3KEPnxQ0LBIlR9jYKoaVaiy2dz50+ge96NLY+HowulpoYxKD&#10;q+XcINsKav9iMc/z1HFydKRGXIRmMakujUSFvVGd2UdVU4Vi4Ml9mk01mBVSKhsu+gSMJe0IqymE&#10;AVicAppQ9KBeN8JUmtkBmJ8C/ulxQCSvYMMAbrQFPGWg+jZ47vQP2Xc5x/RDu2zTWKTOxD9LqPY0&#10;KgjdDnknF5qacyd8eBBIS0PrRYcgfKGnNrArOfQUZ2vAH6f+R32aZZJytqMlLLn/vhGoODOfLU35&#10;VTEex61NzPj8ckQMHkuWxxK7aeZAjS7o5DiZyKgfzIGsEZoXuhez6JVEwkryXXIZ8MDMQ3cc6OJI&#10;NZslNdpUJ8KdfXIyGo91jnP33L4IdP2EBhruezgsrJi8mdFONyItzDYBap0G+LWufQdoy9Me9Bcp&#10;npFjPmm93s3pbwAAAP//AwBQSwMEFAAGAAgAAAAhABFhJZ7cAAAACQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FuwjAQRO+V+g/WVuqt2CBIIcRBVSVOtAegH2DiJYkaryPbIenfdzm1tx3N0+xMsZtc&#10;J24YYutJw3ymQCBV3rZUa/g671/WIGIyZE3nCTX8YIRd+fhQmNz6kY54O6VacAjF3GhoUupzKWPV&#10;oDNx5nsk9q4+OJNYhlraYEYOd51cKJVJZ1riD43p8b3B6vs0OA29Go4pORo3w/iZTevD4WOvgtbP&#10;T9PbFkTCKf3BcK/P1aHkThc/kI2i07CYqxWj9wME+6tsw9suDL4ulyDLQv5fUP4CAAD//wMAUEsB&#10;Ai0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVz&#10;XS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMv&#10;LnJlbHNQSwECLQAUAAYACAAAACEArDEzMJ0CAAB/BQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uy&#10;b0RvYy54bWxQSwECLQAUAAYACAAAACEAEWElntwAAAAJAQAADwAAAAAAAAAAAAAAAAD3BAAAZHJz&#10;L2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAAAGAAAAAA==&#10;" fillcolor="white [3201]" strokecolor="#ffc000" strokeweight="2pt">
-[...23 lines deleted...]
-                </v:textbox>
+              <v:rect w14:anchorId="0901A896" id="Rectangle 13" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:.95pt;width:489pt;height:139.5pt;z-index:-251652096;visibility:visible;mso-wrap-style:square;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-height-percent:0;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBH+0YfmwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X22nTbsFdYqsXYYB&#10;RVu0HXpWZCk2IIsapbz260fJj3ZdscOwHBxRJD+Sn0ieX+xbw7YKfQO25MVRzpmyEqrGrkv+/XH5&#10;4SNnPghbCQNWlfygPL+Yv393vnMzNYEaTKWQEYj1s50reR2Cm2WZl7VqhT8CpywpNWArAom4zioU&#10;O0JvTTbJ89NsB1g5BKm8p9urTsnnCV9rJcOt1l4FZkpOuYX0xfRdxW82PxezNQpXN7JPQ/xDFq1o&#10;LAUdoa5EEGyDzR9QbSMRPOhwJKHNQOtGqlQDVVPkr6p5qIVTqRYix7uRJv//YOXN9g5ZU9HbHXNm&#10;RUtvdE+sCbs2itEdEbRzfkZ2D+4Oe8nTMVa719jGf6qD7ROph5FUtQ9M0uXppMiPc+Jekq44OytO&#10;p4n27NndoQ9fFbQsHkqOFD+RKbbXPlBIMh1MYjQPpqmWjTFJwPXq0iDbCnrh5ecv0+U05kwuv5kZ&#10;G40tRLdOHW+yWFpXTDqFg1HRzth7pYkVSn+SMkn9qMY4QkplQ9GpalGpLvw0p98QPXZw9Ei5JMCI&#10;rCn+iN0DDJYdyIDdZdnbR1eV2nl0zv+WWOc8eqTIYMPo3DYW8C0AQ1X1kTv7gaSOmsjSCqoD9QxC&#10;N0zeyWVD73YtfLgTSNNDb00bIdzSRxvYlRz6E2c14M+37qM9NTVpOdvRNJbc/9gIVJyZb5ba/VNx&#10;chLHNwkn07MJCfhSs3qpsZv2EqgdCto9TqZjtA9mOGqE9okWxyJGJZWwkmKXXAYchMvQbQlaPVIt&#10;FsmMRtaJcG0fnIzgkdXYl4/7J4Gub95AfX8Dw+SK2ase7myjp4XFJoBuUoM/89rzTeOeGqdfTXGf&#10;vJST1fMCnf8CAAD//wMAUEsDBBQABgAIAAAAIQD4RVJu2wAAAAYBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUhcKurQA/khTgVUFeqRFKlXN94mUeN1sJ02vD3LCY6zs5r5plzPdhAX&#10;9KF3pOBxmYBAapzpqVXwud8+ZCBC1GT04AgVfGOAdXV7U+rCuCt94KWOreAQCoVW0MU4FlKGpkOr&#10;w9KNSOydnLc6svStNF5fOdwOcpUkT9Lqnrih0yO+ddic68kqSIfFxi/Sr6ne7ul1s/OHw+6dlLq/&#10;m1+eQUSc498z/OIzOlTMdHQTmSAGBTwk8jUHwWaeZqyPClZZkoOsSvkfv/oBAAD//wMAUEsBAi0A&#10;FAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54&#10;bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJl&#10;bHNQSwECLQAUAAYACAAAACEAR/tGH5sCAACIBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0Rv&#10;Yy54bWxQSwECLQAUAAYACAAAACEA+EVSbtsAAAAGAQAADwAAAAAAAAAAAAAAAAD1BAAAZHJzL2Rv&#10;d25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAP0FAAAAAA==&#10;" fillcolor="#fbe5f5" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
-              </v:roundrect>
+              </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
-      <w:r w:rsidR="00ED3DA3">
-[...640 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E86F4E">
+        <w:t>Date de publication :</w:t>
+      </w:r>
+      <w:r w:rsidR="00102B26">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00107A07">
-[...185 lines deleted...]
-          <w:r w:rsidRPr="00140F5B">
+      <w:sdt>
+        <w:sdtPr>
+          <w:id w:val="425775797"/>
+          <w:placeholder>
+            <w:docPart w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour taper du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
-        </w:p>
-[...98 lines deleted...]
-        <w:t xml:space="preserve"> : </w:t>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r w:rsidR="00102B26">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00E86F4E" w:rsidP="007213F9">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Date limite de candidature :</w:t>
+      </w:r>
+      <w:r w:rsidR="00102B26">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
-          <w:rPr>
-[...3 lines deleted...]
-          <w:lock w:val="sdtLocked"/>
+          <w:id w:val="-993256929"/>
           <w:placeholder>
-            <w:docPart w:val="E548B40CBE194AB4A74CA1755A98B6F5"/>
+            <w:docPart w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
+          <w:text/>
         </w:sdtPr>
-        <w:sdtEndPr>
-[...4 lines deleted...]
-        </w:sdtEndPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00147C8D" w:rsidRPr="00346386">
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour taper du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00147C8D" w:rsidRDefault="000F03B7" w:rsidP="0057348A">
-[...46 lines deleted...]
-        <w:ind w:left="-851" w:right="-851"/>
+    <w:p w:rsidR="005B1226" w:rsidRDefault="005B1226" w:rsidP="005B1226">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
-          <w:sz w:val="28"/>
-[...182 lines deleted...]
-      <w:r>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005B1226">
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251723264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="053170BF">
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251663360" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6C5BC857">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
-              <wp:align>left</wp:align>
+              <wp:posOffset>171450</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>16510</wp:posOffset>
+              <wp:posOffset>11430</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="619125" cy="606178"/>
+            <wp:extent cx="533400" cy="533400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:wrapNone/>
-            <wp:docPr id="290" name="Image 290"/>
+            <wp:wrapTight wrapText="bothSides">
+              <wp:wrapPolygon edited="0">
+                <wp:start x="0" y="0"/>
+                <wp:lineTo x="0" y="20829"/>
+                <wp:lineTo x="20829" y="20829"/>
+                <wp:lineTo x="20829" y="0"/>
+                <wp:lineTo x="0" y="0"/>
+              </wp:wrapPolygon>
+            </wp:wrapTight>
+            <wp:docPr id="10" name="Image 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print">
-[...403 lines deleted...]
-                    <a:blip r:embed="rId27" cstate="print">
+                    <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="1168400" cy="869950"/>
+                      <a:ext cx="533400" cy="533400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelV relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidRPr="00F13792">
+      <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CV, lettre de motivations</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87FA5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>di</w:t>
+      </w:r>
+      <w:r w:rsidR="00E87FA5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">lôme </w:t>
+      </w:r>
+      <w:r w:rsidR="00E87FA5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">et référence du poste </w:t>
+      </w:r>
+      <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">à fournir pour candidater à une offre. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00A115F1" w:rsidRDefault="005B1226" w:rsidP="005B1226">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contact pour ce poste (NOM, mail et fonction) :   </w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:b/>
+          </w:rPr>
+          <w:id w:val="1389537700"/>
+          <w:placeholder>
+            <w:docPart w:val="679140B1422D4BFCB1E35E8322E8F182"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+          <w:text/>
+        </w:sdtPr>
+        <w:sdtEndPr/>
+        <w:sdtContent>
+          <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">         </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B1226" w:rsidRPr="007213F9" w:rsidRDefault="005B1226" w:rsidP="00A115F1">
+      <w:pPr>
+        <w:spacing w:line="360" w:lineRule="auto"/>
+        <w:ind w:left="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                             </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="005B1226" w:rsidRDefault="005B1226" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les candidatures doivent être envoyées par le biais de Beetween.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRPr="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les candidatures seront traitées dans un délai de 3 semaines à 1 mois après la publication du poste</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRPr="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les candidatures sont étudiées avec la plus grande attention et nous ne manquons pas de contacter les candidates et candidats lorsque leur profil répond à nos attentes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRPr="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les candidates et les candidats retenus sont convoqués à une ou plusieurs auditions de recrutement d’une durée d’environ 30 à 45 minutes</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRPr="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Des tests peuvent être mis en place. Les candidates et candidats sont prévenus en amont</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRPr="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="10"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Les réponses sont envoyées à l’issue de la procédure de recrutement</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E72F57" w:rsidRDefault="00E72F57" w:rsidP="00E72F57">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00E72F57">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Pour plus d’informations</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F35D6" w:rsidRDefault="00E72F57" w:rsidP="007213F9">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002F35D6">
+        <w:t xml:space="preserve">Retrouvez toutes nos offres </w:t>
+      </w:r>
+      <w:r w:rsidR="002F35D6" w:rsidRPr="002F35D6">
+        <w:t>sur notre site internet :</w:t>
+      </w:r>
+      <w:r w:rsidR="002F35D6">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00250539" w:rsidRDefault="00A22BA9" w:rsidP="005B1226">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rStyle w:val="Lienhypertexte"/>
+        </w:rPr>
+      </w:pPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="007213F9" w:rsidRPr="000050B7">
+          <w:rPr>
+            <w:rStyle w:val="Lienhypertexte"/>
+          </w:rPr>
+          <w:t>https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w:rsidR="005D77A7" w:rsidRPr="005B1226" w:rsidRDefault="005D77A7" w:rsidP="005B1226">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00250539" w:rsidRDefault="007213F9" w:rsidP="007213F9">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="900"/>
+          <w:tab w:val="center" w:pos="4873"/>
+          <w:tab w:val="left" w:pos="8955"/>
+        </w:tabs>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:noProof/>
-          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00250539" w:rsidRPr="00250539">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A115F1">
+        <w:rPr>
+          <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251727360" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09246639" wp14:editId="54725F97">
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="838200" cy="838200"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:docPr id="15" name="Image 15"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 9"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId13" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="838200" cy="838200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="002F35D6" w:rsidRPr="00250539" w:rsidRDefault="005B1226" w:rsidP="00250539">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:align>center</wp:align>
+            </wp:positionH>
+            <wp:positionV relativeFrom="page">
+              <wp:align>bottom</wp:align>
+            </wp:positionV>
+            <wp:extent cx="7763510" cy="2114550"/>
+            <wp:effectExtent l="0" t="0" r="8890" b="0"/>
+            <wp:wrapSquare wrapText="bothSides"/>
+            <wp:docPr id="7" name="Image 7"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 4"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill rotWithShape="1">
+                    <a:blip r:embed="rId14" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect t="14427" b="10355"/>
+                    <a:stretch/>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="7763510" cy="2114550"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                    <a:extLst>
+                      <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
+                        <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
+                      </a:ext>
+                    </a:extLst>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00250539">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
+            <wp:simplePos x="0" y="0"/>
+            <wp:positionH relativeFrom="margin">
+              <wp:posOffset>2409825</wp:posOffset>
+            </wp:positionH>
+            <wp:positionV relativeFrom="paragraph">
+              <wp:posOffset>260985</wp:posOffset>
+            </wp:positionV>
+            <wp:extent cx="400050" cy="400050"/>
+            <wp:effectExtent l="0" t="0" r="0" b="0"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="8" name="Image 8"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="Picture 5"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId15" cstate="print">
+                      <a:extLst>
+                        <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                          <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                        </a:ext>
+                      </a:extLst>
+                    </a:blip>
+                    <a:srcRect/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr bwMode="auto">
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="400050" cy="400050"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+            <wp14:sizeRelH relativeFrom="page">
+              <wp14:pctWidth>0</wp14:pctWidth>
+            </wp14:sizeRelH>
+            <wp14:sizeRelV relativeFrom="page">
+              <wp14:pctHeight>0</wp14:pctHeight>
+            </wp14:sizeRelV>
+          </wp:anchor>
+        </w:drawing>
+      </w:r>
+      <w:r w:rsidR="00250539" w:rsidRPr="00250539">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:drawing>
+          <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F5CF71">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>1403350</wp:posOffset>
+              <wp:posOffset>2867025</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>348615</wp:posOffset>
+              <wp:posOffset>209550</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="958215" cy="791210"/>
-[...2 lines deleted...]
-            <wp:docPr id="295" name="Image 295"/>
+            <wp:extent cx="931545" cy="471170"/>
+            <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
+            <wp:wrapTopAndBottom/>
+            <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId28" cstate="print">
+                    <a:blip r:embed="rId16" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="958215" cy="791210"/>
+                      <a:ext cx="931545" cy="471170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
-            <wp14:sizeRelH relativeFrom="margin">
+            <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
-            <wp14:sizeRelV relativeFrom="margin">
+            <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00A86310">
-[...1058 lines deleted...]
-          <w:rFonts w:cs="Arial"/>
+      <w:r w:rsidR="00250539" w:rsidRPr="00250539">
+        <w:rPr>
           <w:i/>
-          <w:iCs/>
-[...1650 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId41"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Rejoignez-nous sur les réseaux sociaux :</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="002F35D6" w:rsidRPr="00250539" w:rsidSect="007213F9">
+      <w:footerReference w:type="default" r:id="rId17"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1417" w:right="1558" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="340" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F12895" w:rsidRDefault="00F12895" w:rsidP="00F12895">
+    <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F12895" w:rsidRDefault="00F12895" w:rsidP="00F12895">
+    <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...280 lines deleted...]
-  </w:sdt>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:p w:rsidR="00044646" w:rsidRPr="00044646" w:rsidRDefault="00044646">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+      <w:jc w:val="center"/>
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00044646">
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00044646">
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00044646">
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00044646">
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00044646">
+      <w:rPr>
+        <w:caps/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+  </w:p>
+  <w:p w:rsidR="00044646" w:rsidRDefault="00044646">
+    <w:pPr>
+      <w:pStyle w:val="Pieddepage"/>
+    </w:pPr>
+  </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00F12895" w:rsidRDefault="00F12895" w:rsidP="00F12895">
+    <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00F12895" w:rsidRDefault="00F12895" w:rsidP="00F12895">
+    <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
-[...1 lines deleted...]
-    <w:nsid w:val="092B5E51"/>
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+  <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0D5F172A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="2978493A"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1"/>
+    <w:tmpl w:val="2FB248A6"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1F291B2B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="F7B6C86C"/>
+    <w:lvl w:ilvl="0" w:tplc="89E4819C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1425" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2145" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2865" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3585" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4305" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5025" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5745" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6465" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7185" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="271E6FAE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="84DEB33E"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1068" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1788" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2508" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3228" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3948" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4668" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5388" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6108" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6828" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2C8C3984"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7A92D7E8"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="323D0DC9"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="0A827D90"/>
+    <w:lvl w:ilvl="0" w:tplc="89E4819C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2520" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4680" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6840" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1">
-    <w:nsid w:val="0A7135DC"/>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="337B2274"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="FAE49964"/>
+    <w:tmpl w:val="F64A1E7A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1748" w:hanging="360"/>
+        <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2468" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3188" w:hanging="360"/>
+        <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3908" w:hanging="360"/>
+        <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4628" w:hanging="360"/>
+        <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5348" w:hanging="360"/>
+        <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6068" w:hanging="360"/>
+        <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="6788" w:hanging="360"/>
+        <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="7508" w:hanging="360"/>
+        <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2">
-    <w:nsid w:val="0E003A58"/>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="456D3607"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="0A14E6B8"/>
-[...3 lines deleted...]
-      <w:lvlText w:val="%1"/>
+    <w:tmpl w:val="D27EC2BA"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="%2."/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%4."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%5."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...12 lines deleted...]
-      <w:lvlText w:val="%7."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...3 lines deleted...]
-      <w:lvlText w:val="%8."/>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-    </w:lvl>
-[...7 lines deleted...]
-      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3">
-    <w:nsid w:val="3E4D629E"/>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E7D503C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="385C6CA0"/>
+    <w:tmpl w:val="A04E3A8E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="927" w:hanging="360"/>
+        <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7200" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F244B58"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8DDCD486"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
@@ -6968,617 +4629,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4">
-[...565 lines deleted...]
-  <w:abstractNum w:abstractNumId="9">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54E46F39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B721C32"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7647,51 +4742,200 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="558773A0"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="036A57F2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D12B2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="247069A8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7760,1021 +5004,165 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11">
-    <w:nsid w:val="583C30C3"/>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="71994000"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="C2DABD46"/>
+    <w:tmpl w:val="FEF81F4E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="153" w:hanging="360"/>
+        <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="873" w:hanging="360"/>
+        <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="1593" w:hanging="360"/>
+        <w:ind w:left="2084" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2313" w:hanging="360"/>
+        <w:ind w:left="2804" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3033" w:hanging="360"/>
+        <w:ind w:left="3524" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="3753" w:hanging="360"/>
+        <w:ind w:left="4244" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="4473" w:hanging="360"/>
+        <w:ind w:left="4964" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5193" w:hanging="360"/>
+        <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5913" w:hanging="360"/>
+        <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12">
-[...856 lines deleted...]
-  <w:abstractNum w:abstractNumId="20">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7209124C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48B0EF74"/>
     <w:lvl w:ilvl="0" w:tplc="B98CE6E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8844,51 +5232,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D9724E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="908CF12C"/>
     <w:lvl w:ilvl="0" w:tplc="B126AE32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8959,9788 +5347,2962 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="2">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="3">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="2">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="4">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="5">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="7">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="8">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="10">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="9">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="12">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="10"/>
-  </w:num>
-[...19 lines deleted...]
-    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
-  <w:hideSpellingErrors/>
-  <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="0"/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LBoX8EYe5TTAJjomhB91Erx/pbyzzF8e3n4RvdEy7weeVe0kY3ecjXsb2ImOAhWklCpJIp2g6Ui2t5JrZmJMqw==" w:salt="LYY9Bt8IEHbdoEdKVWydeA=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00A401D8"/>
-[...122 lines deleted...]
-    <w:rsid w:val="00FD54FE"/>
+    <w:rsidRoot w:val="008A54A2"/>
+    <w:rsid w:val="00044646"/>
+    <w:rsid w:val="0009661D"/>
+    <w:rsid w:val="000C1FD2"/>
+    <w:rsid w:val="00102B26"/>
+    <w:rsid w:val="00187A5D"/>
+    <w:rsid w:val="00227285"/>
+    <w:rsid w:val="00250539"/>
+    <w:rsid w:val="00250EA3"/>
+    <w:rsid w:val="00266B83"/>
+    <w:rsid w:val="002F35D6"/>
+    <w:rsid w:val="00317894"/>
+    <w:rsid w:val="004975BF"/>
+    <w:rsid w:val="005B1226"/>
+    <w:rsid w:val="005D77A7"/>
+    <w:rsid w:val="00657FCC"/>
+    <w:rsid w:val="0068099B"/>
+    <w:rsid w:val="00697A22"/>
+    <w:rsid w:val="007166A4"/>
+    <w:rsid w:val="007213F9"/>
+    <w:rsid w:val="00762D8C"/>
+    <w:rsid w:val="008A54A2"/>
+    <w:rsid w:val="008C547E"/>
+    <w:rsid w:val="00A10384"/>
+    <w:rsid w:val="00A115F1"/>
+    <w:rsid w:val="00A22BA9"/>
+    <w:rsid w:val="00B5556E"/>
+    <w:rsid w:val="00BE78FE"/>
+    <w:rsid w:val="00C7413B"/>
+    <w:rsid w:val="00CF7347"/>
+    <w:rsid w:val="00D03E52"/>
+    <w:rsid w:val="00D55C0A"/>
+    <w:rsid w:val="00D661CA"/>
+    <w:rsid w:val="00E56089"/>
+    <w:rsid w:val="00E72F57"/>
+    <w:rsid w:val="00E86F4E"/>
+    <w:rsid w:val="00E87FA5"/>
+    <w:rsid w:val="00ED0A7C"/>
+    <w:rsid w:val="00F01172"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="38913"/>
+    <o:shapedefaults v:ext="edit" spidmax="14337"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="7DBAF84E"/>
+  <w15:chartTrackingRefBased/>
+  <w15:docId w15:val="{B60F7182-040B-4EB8-A999-B1DB4DD20E73}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...136 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00802289"/>
-[...23 lines deleted...]
-    </w:rPr>
+    <w:rsid w:val="005D77A7"/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="En-tte">
-[...202 lines deleted...]
-  </w:style>
   <w:style w:type="table" w:styleId="Grilledutableau">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableauNormal"/>
-    <w:uiPriority w:val="59"/>
-    <w:rsid w:val="002F03CC"/>
+    <w:uiPriority w:val="39"/>
+    <w:rsid w:val="008A54A2"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="En-tte">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="En-tteCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00187A5D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="En-tteCar">
+    <w:name w:val="En-tête Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="En-tte"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00187A5D"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Pieddepage">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="Normal"/>
+    <w:link w:val="PieddepageCar"/>
+    <w:uiPriority w:val="99"/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00187A5D"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4536"/>
+        <w:tab w:val="right" w:pos="9072"/>
+      </w:tabs>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PieddepageCar">
+    <w:name w:val="Pied de page Car"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:link w:val="Pieddepage"/>
+    <w:uiPriority w:val="99"/>
+    <w:rsid w:val="00187A5D"/>
+  </w:style>
   <w:style w:type="character" w:styleId="Lienhypertexte">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AA7BC8"/>
+    <w:rsid w:val="00187A5D"/>
     <w:rPr>
-      <w:color w:val="0000FF" w:themeColor="hyperlink"/>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Mentionnonrsolue1">
-    <w:name w:val="Mention non résolue1"/>
+  <w:style w:type="character" w:styleId="Mentionnonrsolue">
+    <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="00AA7BC8"/>
+    <w:rsid w:val="00187A5D"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style2">
-    <w:name w:val="Style2"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Style5">
+    <w:name w:val="Style5"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="1"/>
-    <w:rsid w:val="00B25C6C"/>
+    <w:rsid w:val="00D55C0A"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
+      <w:sz w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Paragraphedeliste">
+    <w:name w:val="List Paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:uiPriority w:val="34"/>
+    <w:qFormat/>
+    <w:rsid w:val="00D55C0A"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="lev">
+    <w:name w:val="Strong"/>
+    <w:basedOn w:val="Policepardfaut"/>
+    <w:uiPriority w:val="22"/>
+    <w:qFormat/>
+    <w:rsid w:val="00657FCC"/>
+    <w:rPr>
       <w:b/>
-      <w:sz w:val="32"/>
-[...35 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textedebulles">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextedebullesCar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="002C7298"/>
+    <w:rsid w:val="00A115F1"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="002C7298"/>
+    <w:rsid w:val="00A115F1"/>
     <w:rPr>
-      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
-[...1 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Style5">
-[...177 lines deleted...]
-    <w:name w:val="heading 1"/>
+  <w:style w:type="paragraph" w:styleId="NormalWeb">
+    <w:name w:val="Normal (Web)"/>
     <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
-[...24 lines deleted...]
-    <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:tblPr>
-[...21 lines deleted...]
-    <w:rsid w:val="00F12895"/>
+    <w:rsid w:val="00317894"/>
     <w:pPr>
-      <w:tabs>
-[...50 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...115 lines deleted...]
-      <w:color w:val="000000"/>
+      <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="fr-FR"/>
     </w:rPr>
-  </w:style>
-[...9 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0030386B"/>
+    <w:rsid w:val="005D77A7"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...127 lines deleted...]
-      <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:divs>
+    <w:div w:id="879511482">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="973175660">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.svg"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:recrutement@univ-tlse3.fr" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image18.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.svg"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.png"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.svg"/><Relationship Id="rId25" Type="http://schemas.microsoft.com/office/2007/relationships/hdphoto" Target="media/hdphoto1.wdp"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.instagram.com/ut3paulsabatier/?hl=fr" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://fr.linkedin.com/school/universite-paul-sabatier-toulouse-iii/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.png"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.univ-tlse3.fr" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image17.png"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image19.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.svg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.svg"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.facebook.com/ut3paulsabatier/?locale=fr_FR" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.svg"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://twitter.com/UT3PaulSabatier?ref_src=twsrc%5egoogle|twcamp%5eserp|twgr%5eauthor" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image16.png"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="08E2993D667B454697581D5F044B6385"/>
+        <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{DE9D414B-1C9D-46F0-A7AE-B4793B11F10C}"/>
+        <w:guid w:val="{C22C62A6-E5F4-4743-BC64-9E520FCFC50D}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00467542" w:rsidRDefault="00D35ADC">
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="3CBF15CFF1834A37B20B59F079491C24"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{4E928C65-7022-44A2-A707-4B6E95771885}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="08E2993D667B454697581D5F044B63851"/>
+            <w:pStyle w:val="3CBF15CFF1834A37B20B59F079491C242"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FB61A4450F2D454B9D083E52AD750A75"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{12C6ECDD-D8CA-4BEF-A0D0-0D1A36F8DB7C}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="FB61A4450F2D454B9D083E52AD750A752"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{7B84E5F7-6560-41E4-90E6-0CE5D652DED4}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="165FFF88CF014A6BA406A7E1BC0D2BEB2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="D66BD941FE7144588C82AD35A99FD45F"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{1B56753F-1ABD-4E4C-A56B-64425A51BDEA}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="D66BD941FE7144588C82AD35A99FD45F2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="2CEE9D081DF3455DACB015E2F27EB9CB"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5B1B69E6-67B6-4CB5-8578-8AB69EBF0A74}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="2CEE9D081DF3455DACB015E2F27EB9CB2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="4B25FFA017EC4AA682856C4E9BC86A07"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{5048D0EB-DA76-4EE5-9076-135746E63295}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="4B25FFA017EC4AA682856C4E9BC86A072"/>
+          </w:pPr>
+          <w:r w:rsidRPr="005D77A7">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="679140B1422D4BFCB1E35E8322E8F182"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{19BBE2B6-F800-41F1-A50B-81572DE024CB}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="679140B1422D4BFCB1E35E8322E8F1822"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{E4787BAE-F686-408A-8566-78ACB7981F5F}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="0BD8F465EE6B4B27A7E5C95C2062913C2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8C5FC22805D1493587942184952A00C7"/>
+        <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{31EE36B3-01FC-42E9-BF96-EE722BF3746C}"/>
+        <w:guid w:val="{16D24AB1-E3E7-4EFB-B309-A3E2DB8203A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="8C5FC22805D1493587942184952A00C7"/>
+            <w:pStyle w:val="63AB0E4424C94E55B8B7CA76E7764FE21"/>
           </w:pPr>
-          <w:r w:rsidRPr="00802289">
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+          <w:r w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="818F105B668B427BB01A7A032A76A1AE"/>
+        <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{1B74E140-2474-4B8C-AC16-7DEC6B61B14C}"/>
+        <w:guid w:val="{48A5A215-47BC-470C-845B-F6E3020769CC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="818F105B668B427BB01A7A032A76A1AE"/>
+            <w:pStyle w:val="0550C1509BF94ECD98B48A6ECAE63F8E1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00802289">
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+          <w:r w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A350B6BADA7643C9AF4FF95E5A4C6F06"/>
+        <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{5BD10BDB-2BF0-4DFE-A056-3D4EDABB527B}"/>
+        <w:guid w:val="{9C461764-4860-46B5-BC8D-B439178B567C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="A350B6BADA7643C9AF4FF95E5A4C6F06"/>
+            <w:pStyle w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C21"/>
           </w:pPr>
-          <w:r w:rsidRPr="00802289">
-            <w:t>Cliquez ici pour entrer une date.</w:t>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="AA5DCAE602C2406F92ED8663863B488B"/>
+        <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4CB67C84-6842-4DB6-B069-9C3D4E952E06}"/>
+        <w:guid w:val="{3FF929A0-C686-440A-AD01-9534EC8D812E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="AA5DCAE602C2406F92ED8663863B488B1"/>
+            <w:pStyle w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="CD035FE3153241BC90BD08D302A0313E"/>
+        <w:name w:val="308498223A5745BAB14B2563B6BDE60E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{76D52C3C-BA6C-4B35-AD26-7911C923F92A}"/>
+        <w:guid w:val="{D3C5F2FE-32A9-4190-BD03-61A782BA91D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="CD035FE3153241BC90BD08D302A0313E"/>
+            <w:pStyle w:val="308498223A5745BAB14B2563B6BDE60E1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00802289">
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+          <w:r w:rsidRPr="002C6563">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="78EDCCF1F59346C3868382F5EBFBA630"/>
+        <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{82EDACB6-67C9-4D0E-BBEF-39CAFD644CFB}"/>
+        <w:guid w:val="{C8C80062-02DB-4730-9180-939B0E573DE6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="78EDCCF1F59346C3868382F5EBFBA6301"/>
+            <w:pStyle w:val="1E4E471DD4684D26A5EB128C79A71CE81"/>
           </w:pPr>
-          <w:r w:rsidRPr="00425DE8">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
-              <w:color w:val="000000" w:themeColor="text1"/>
             </w:rPr>
-            <w:t>Choisissez un élément.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="95AF6FD327434004BFEAC56786486DC1"/>
+        <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{F23C182D-AE69-47BC-AC2F-7B311B441250}"/>
+        <w:guid w:val="{461DE9E4-1903-45F6-8DFB-AC0BBF945250}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="00252247" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="95AF6FD327434004BFEAC56786486DC1"/>
+            <w:pStyle w:val="E0732C1C066349EEB8F2B7ED32E303D21"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="382DF3F548024D9AA5415D18C7512876"/>
+        <w:name w:val="5AE78749C8B84B93843F10211FEBF513"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{CB58A944-DF75-473A-8A34-2475F2EEB17B}"/>
+        <w:guid w:val="{2D4DF563-B3B1-430C-989C-FAB427D33D06}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="00252247" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="382DF3F548024D9AA5415D18C7512876"/>
+            <w:pStyle w:val="5AE78749C8B84B93843F10211FEBF5131"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="27D2920FA1FD4FE1897CB8EA7D849DC8"/>
+        <w:name w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{BFCC292B-C395-46A3-84ED-1B13DA22FD4C}"/>
+        <w:guid w:val="{EBF5A89C-A33D-49A3-9A90-618EAA7B32E6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="00252247" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="27D2920FA1FD4FE1897CB8EA7D849DC8"/>
+            <w:pStyle w:val="7E3323FFC25F496582CAFD646B2EDB041"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="7D94A7A0B0EB472D88ED59C5DC24A03F"/>
+        <w:name w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{4455DF9E-A218-4581-931B-C660120317F1}"/>
+        <w:guid w:val="{A8BCC926-9680-4B1E-8EC4-F070A591A4A4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="00252247" w:rsidP="00252247">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="7D94A7A0B0EB472D88ED59C5DC24A03F"/>
+            <w:pStyle w:val="8722FBE31E364AA3B599CAC5011E21D01"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+            <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="C787293DFE824C11910AD8B1F654117F"/>
+        <w:name w:val="5A30465177244D06A3135FB02CDC6ACE"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A5D1696B-F836-4FC5-B4B4-5E56D35D83CC}"/>
+        <w:guid w:val="{70E523FC-194D-4D3C-9ED6-BFE49BF1819A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00FA0B35" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="C787293DFE824C11910AD8B1F654117F1"/>
+            <w:pStyle w:val="5A30465177244D06A3135FB02CDC6ACE1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="8A4E14441D204E06AF132187400CEDFA"/>
+        <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{487A0E81-8AF1-4A9F-9053-7A0C3DFEAC64}"/>
+        <w:guid w:val="{1F86EA8D-9B0D-4E57-A907-8C4DF134CE38}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000365BB" w:rsidRDefault="00FA0B35" w:rsidP="00FA0B35">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="8A4E14441D204E06AF132187400CEDFA"/>
+            <w:pStyle w:val="F1EB198C63714E18B9BF8F252EF5B67A1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00C97B66">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t xml:space="preserve">Cliquez </w:t>
-[...11 lines deleted...]
-            <w:t xml:space="preserve"> pour entrer du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="DefaultPlaceholder_1082065158"/>
+        <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{E78BF744-DB1B-47D0-889D-B71C18D307D2}"/>
+        <w:guid w:val="{C644E9CC-BEA5-497F-B70C-E787683A6C2C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="000365BB" w:rsidRDefault="00FA0B35">
-          <w:r w:rsidRPr="00346386">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+          <w:pPr>
+            <w:pStyle w:val="7CAFAFAA034041BC8B8728CA680F51A01"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour taper du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="A29D9D9D915B42EB9FDF3DD7D772AB5F"/>
+        <w:name w:val="9DE2E703400F45AFAF46AA08523B60D6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A5263FB1-B45B-42A6-A5F0-4EB5E6350CA7}"/>
+        <w:guid w:val="{88BA8539-89AA-402A-9E6D-30B95BA529C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00212F94" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="A29D9D9D915B42EB9FDF3DD7D772AB5F1"/>
+            <w:pStyle w:val="9DE2E703400F45AFAF46AA08523B60D61"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer une date.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="62CBC2F7ABC84FCEB428C06D9BA32EC2"/>
+        <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{48393396-82D6-4F4C-A3F1-9FECC818BBAA}"/>
+        <w:guid w:val="{AA567E5D-A050-4198-9BAB-B6AEFF55B81F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00212F94" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="62CBC2F7ABC84FCEB428C06D9BA32EC21"/>
+            <w:pStyle w:val="D5B0CA12052B47A89C95FC91257A5AC11"/>
           </w:pPr>
-          <w:r w:rsidRPr="00DD6F4D">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour entrer une date.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="E548B40CBE194AB4A74CA1755A98B6F5"/>
+        <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
-        <w:guid w:val="{A8B76F11-663E-47F4-8D6E-DCB9E409821C}"/>
+        <w:guid w:val="{F4DBFF89-3C1C-4DDE-A4A2-39921FDF3B43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="0094294E" w:rsidRDefault="0094294E" w:rsidP="0094294E">
+        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
-            <w:pStyle w:val="E548B40CBE194AB4A74CA1755A98B6F51"/>
+            <w:pStyle w:val="AF5F13F01FCA407F98A965812BD54C1D1"/>
           </w:pPr>
-          <w:r w:rsidRPr="00346386">
+          <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ici pour taper du texte.</w:t>
-[...187 lines deleted...]
-            <w:t>Cliquez ici pour taper du texte.</w:t>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
-[...6 lines deleted...]
-  </w:font>
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri">
-    <w:panose1 w:val="020F0502020204030204"/>
+  <w:font w:name="Segoe UI">
+    <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Cambria">
-[...7 lines deleted...]
-    <w:panose1 w:val="020B0604030504040204"/>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00730E81"/>
-[...13 lines deleted...]
-    <w:rsid w:val="00FA0B35"/>
+    <w:rsidRoot w:val="00D35ADC"/>
+    <w:rsid w:val="001A31B3"/>
+    <w:rsid w:val="00467542"/>
+    <w:rsid w:val="00D35ADC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="fr-FR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...24 lines deleted...]
-    <w:lsdException w:name="Emphasis" w:semiHidden="0" w:uiPriority="20" w:unhideWhenUsed="0" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
-    <w:lsdException w:name="Placeholder Text" w:unhideWhenUsed="0"/>
-[...109 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="0094294E"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4439928522E94354B90FAFB9557EFDB2">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE3F2392C65C4704BDC77142E105AE45">
+    <w:name w:val="EE3F2392C65C4704BDC77142E105AE45"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C24">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C24"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A75">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A75"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C70FC056E7404882A4DC076A554DBC4E">
+    <w:name w:val="C70FC056E7404882A4DC076A554DBC4E"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="60870A8777F84813B578682DF79007E6">
+    <w:name w:val="60870A8777F84813B578682DF79007E6"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="985C32D6F1774EF9BF24705F860E376C">
+    <w:name w:val="985C32D6F1774EF9BF24705F860E376C"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D66BD941FE7144588C82AD35A99FD45F">
+    <w:name w:val="D66BD941FE7144588C82AD35A99FD45F"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CEE9D081DF3455DACB015E2F27EB9CB">
+    <w:name w:val="2CEE9D081DF3455DACB015E2F27EB9CB"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B25FFA017EC4AA682856C4E9BC86A07">
+    <w:name w:val="4B25FFA017EC4AA682856C4E9BC86A07"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3D60D38BF95845EB83019D7694199DD0">
+    <w:name w:val="3D60D38BF95845EB83019D7694199DD0"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9389B5E05434630ACA25EC534306463">
+    <w:name w:val="C9389B5E05434630ACA25EC534306463"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F182">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F182"/>
+    <w:rsid w:val="00D35ADC"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8316825495D431290CEA82F9FE9BE6C">
+    <w:name w:val="B8316825495D431290CEA82F9FE9BE6C"/>
+    <w:rsid w:val="001A31B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
+    <w:rsid w:val="001A31B3"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB1">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="81A10DBEC93D4803ADEE58424D03770B">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C241">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C241"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF8CA72FE55747878C97EF982EA8FA4E">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A751">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A751"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2E3D653F1A054BF0BB5B191FDAC4F7C0">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D66BD941FE7144588C82AD35A99FD45F1">
+    <w:name w:val="D66BD941FE7144588C82AD35A99FD45F1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="6D39DD7E24514DCD9A7AEB48D71A885F">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CEE9D081DF3455DACB015E2F27EB9CB1">
+    <w:name w:val="2CEE9D081DF3455DACB015E2F27EB9CB1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A9">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B25FFA017EC4AA682856C4E9BC86A071">
+    <w:name w:val="4B25FFA017EC4AA682856C4E9BC86A071"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13827D62ECDF4F58A6B62A08E70716C0">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63AB0E4424C94E55B8B7CA76E7764FE2">
+    <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49201505032A4DF79B58BBE2B5AA35E0">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0550C1509BF94ECD98B48A6ECAE63F8E">
+    <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC9195055503432C9434711A75762E21">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEF4490F9DB48AFBCD9FC4F1AD749C2">
+    <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8A082C8D51CD4703950DA70A880C08A4">
-[...1 lines deleted...]
-    <w:rsid w:val="0013015E"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBBA97C9A5C4E1AB20B9F971FFE6E5D">
+    <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...1766 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308498223A5745BAB14B2563B6BDE60E">
+    <w:name w:val="308498223A5745BAB14B2563B6BDE60E"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A98">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4E471DD4684D26A5EB128C79A71CE8">
+    <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...241 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0732C1C066349EEB8F2B7ED32E303D2">
+    <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A99">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C1">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...241 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D3">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AE78749C8B84B93843F10211FEBF513">
+    <w:name w:val="5AE78749C8B84B93843F10211FEBF513"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A910">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E3323FFC25F496582CAFD646B2EDB04">
+    <w:name w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...241 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D4">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8722FBE31E364AA3B599CAC5011E21D0">
+    <w:name w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A911">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A30465177244D06A3135FB02CDC6ACE">
+    <w:name w:val="5A30465177244D06A3135FB02CDC6ACE"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13827D62ECDF4F58A6B62A08E70716C011">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1EB198C63714E18B9BF8F252EF5B67A">
+    <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49201505032A4DF79B58BBE2B5AA35E011">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CAFAFAA034041BC8B8728CA680F51A0">
+    <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A0"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC9195055503432C9434711A75762E2111">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2E703400F45AFAF46AA08523B60D6">
+    <w:name w:val="9DE2E703400F45AFAF46AA08523B60D6"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03042C3755F54F90BDAF3B6737A7B4E19">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC1">
+    <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4439928522E94354B90FAFB9557EFDB212">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D">
+    <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D288A39B61A94E259C299830BA09384B11">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1821">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F1821"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7AD61E5E02F48CE82DF63E814EFCEA012">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB2">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B8A225CD94144BB28D200CA63675967312">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C242">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C242"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BBB947081D8498EB609CF189C577EF712">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A752">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A752"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7389722F731C49339CEF351256F0873012">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D66BD941FE7144588C82AD35A99FD45F2">
+    <w:name w:val="D66BD941FE7144588C82AD35A99FD45F2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="B7666F86633E43D6BFEEC567185EA25910">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="2CEE9D081DF3455DACB015E2F27EB9CB2">
+    <w:name w:val="2CEE9D081DF3455DACB015E2F27EB9CB2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B939684013F433EB2C4C4E23D1A83C710">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4B25FFA017EC4AA682856C4E9BC86A072">
+    <w:name w:val="4B25FFA017EC4AA682856C4E9BC86A072"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="197B7684481747B28947F8A0EABA99EA12">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63AB0E4424C94E55B8B7CA76E7764FE21">
+    <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE21"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AEE7AE4F77144A4FAD3ACA2A2E09FA3812">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0550C1509BF94ECD98B48A6ECAE63F8E1">
+    <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="C9141DBFCC6B48C7ADBBBA055F2A382110">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEF4490F9DB48AFBCD9FC4F1AD749C21">
+    <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C21"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9F74A13C33D2493D919FB8B1AA6AD8626">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBBA97C9A5C4E1AB20B9F971FFE6E5D1">
+    <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...65 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D5">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308498223A5745BAB14B2563B6BDE60E1">
+    <w:name w:val="308498223A5745BAB14B2563B6BDE60E1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A912">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4E471DD4684D26A5EB128C79A71CE81">
+    <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE81"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...2528 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D1">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0732C1C066349EEB8F2B7ED32E303D21">
+    <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D21"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A98">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C2">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C2"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...241 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D2">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AE78749C8B84B93843F10211FEBF5131">
+    <w:name w:val="5AE78749C8B84B93843F10211FEBF5131"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A99">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E3323FFC25F496582CAFD646B2EDB041">
+    <w:name w:val="7E3323FFC25F496582CAFD646B2EDB041"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
-[...241 lines deleted...]
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="A38A49635B2B4EE49A48869845A5641D3">
-[...1 lines deleted...]
-    <w:rsid w:val="00022288"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8722FBE31E364AA3B599CAC5011E21D01">
+    <w:name w:val="8722FBE31E364AA3B599CAC5011E21D01"/>
+    <w:rsid w:val="001A31B3"/>
     <w:pPr>
-      <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D1FDA7A67D7A4F45874CD9443DB062A910">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A30465177244D06A3135FB02CDC6ACE1">
+    <w:name w:val="5A30465177244D06A3135FB02CDC6ACE1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="13827D62ECDF4F58A6B62A08E70716C010">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1EB198C63714E18B9BF8F252EF5B67A1">
+    <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="49201505032A4DF79B58BBE2B5AA35E010">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CAFAFAA034041BC8B8728CA680F51A01">
+    <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A01"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AC9195055503432C9434711A75762E2110">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2E703400F45AFAF46AA08523B60D61">
+    <w:name w:val="9DE2E703400F45AFAF46AA08523B60D61"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="03042C3755F54F90BDAF3B6737A7B4E18">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC11">
+    <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC11"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="4439928522E94354B90FAFB9557EFDB211">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D1">
+    <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D1"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D288A39B61A94E259C299830BA09384B10">
-[...4 lines deleted...]
-    </w:pPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1822">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F1822"/>
+    <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D7AD61E5E02F48CE82DF63E814EFCEA011">
-[...920 lines deleted...]
-  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="1F497D"/>
+        <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="EEECE1"/>
+        <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
-        <a:srgbClr val="4F81BD"/>
+        <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
-        <a:srgbClr val="C0504D"/>
+        <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
-        <a:srgbClr val="9BBB59"/>
+        <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
-        <a:srgbClr val="8064A2"/>
+        <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
-        <a:srgbClr val="4BACC6"/>
+        <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
-        <a:srgbClr val="F79646"/>
+        <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="0000FF"/>
+        <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="800080"/>
+        <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Office">
       <a:majorFont>
-        <a:latin typeface="Cambria"/>
+        <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ ゴシック"/>
+        <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri"/>
+        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="ＭＳ 明朝"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
-        <a:font script="Hans" typeface="宋体"/>
+        <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
+        <a:font script="Armn" typeface="Arial"/>
+        <a:font script="Bugi" typeface="Leelawadee UI"/>
+        <a:font script="Bopo" typeface="Microsoft JhengHei"/>
+        <a:font script="Java" typeface="Javanese Text"/>
+        <a:font script="Lisu" typeface="Segoe UI"/>
+        <a:font script="Mymr" typeface="Myanmar Text"/>
+        <a:font script="Nkoo" typeface="Ebrima"/>
+        <a:font script="Olck" typeface="Nirmala UI"/>
+        <a:font script="Osma" typeface="Ebrima"/>
+        <a:font script="Phag" typeface="Phagspa"/>
+        <a:font script="Syrn" typeface="Estrangelo Edessa"/>
+        <a:font script="Syrj" typeface="Estrangelo Edessa"/>
+        <a:font script="Syre" typeface="Estrangelo Edessa"/>
+        <a:font script="Sora" typeface="Nirmala UI"/>
+        <a:font script="Tale" typeface="Microsoft Tai Le"/>
+        <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
+        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Office">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="50000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="110000"/>
+                <a:satMod val="105000"/>
+                <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="35000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="37000"/>
-                <a:satMod val="300000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="103000"/>
+                <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:tint val="15000"/>
-                <a:satMod val="350000"/>
+                <a:lumMod val="105000"/>
+                <a:satMod val="109000"/>
+                <a:tint val="81000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="1"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:shade val="51000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="103000"/>
+                <a:lumMod val="102000"/>
+                <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="80000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:shade val="93000"/>
-                <a:satMod val="130000"/>
+                <a:satMod val="110000"/>
+                <a:lumMod val="100000"/>
+                <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="94000"/>
-                <a:satMod val="135000"/>
+                <a:lumMod val="99000"/>
+                <a:satMod val="120000"/>
+                <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="16200000" scaled="0"/>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
-[...8 lines deleted...]
-        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
+          <a:effectLst/>
+        </a:effectStyle>
+        <a:effectStyle>
           <a:effectLst>
-            <a:outerShdw blurRad="40000" dist="20000" dir="5400000" rotWithShape="0">
+            <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
-                <a:alpha val="38000"/>
+                <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
-        </a:effectStyle>
-[...27 lines deleted...]
-          </a:sp3d>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
+        <a:solidFill>
+          <a:schemeClr val="phClr">
+            <a:tint val="95000"/>
+            <a:satMod val="170000"/>
+          </a:schemeClr>
+        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="40000"/>
-                <a:satMod val="350000"/>
+                <a:tint val="93000"/>
+                <a:satMod val="150000"/>
+                <a:shade val="98000"/>
+                <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="40000">
+            <a:gs pos="50000">
               <a:schemeClr val="phClr">
-                <a:tint val="45000"/>
-[...1 lines deleted...]
-                <a:satMod val="350000"/>
+                <a:tint val="98000"/>
+                <a:satMod val="130000"/>
+                <a:shade val="90000"/>
+                <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="20000"/>
-                <a:satMod val="255000"/>
+                <a:shade val="63000"/>
+                <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:path path="circle">
-[...20 lines deleted...]
-          </a:path>
+          <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
+  <a:extLst>
+    <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+    </a:ext>
+  </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6051A0B6-43E0-4FBE-B7C6-395BCF102314}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FACF4A5-519C-40DA-B7B7-8E42F129D31B}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>4231</Characters>
+  <Pages>5</Pages>
+  <Words>910</Words>
+  <Characters>5008</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>35</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>41</Lines>
+  <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Université Paul Sabatier</Company>
+  <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4991</CharactersWithSpaces>
+  <CharactersWithSpaces>5907</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Clara VEZIN</dc:creator>
+  <dc:title/>
+  <dc:subject/>
+  <dc:creator>Jordan LEVIF</dc:creator>
+  <cp:keywords/>
+  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>