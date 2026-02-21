--- v1 (2026-01-05)
+++ v2 (2026-02-21)
@@ -215,51 +215,51 @@
                 <w:b/>
                 <w:sz w:val="32"/>
               </w:rPr>
               <w:t xml:space="preserve">OFFRE DE POSTE : </w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:id w:val="828647776"/>
               <w:placeholder>
                 <w:docPart w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
               </w:placeholder>
               <w:showingPlcHdr/>
-              <w:text/>
+              <w:text w:multiLine="1"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
               <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C46117">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
@@ -746,513 +746,493 @@
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> structure et rattachement hiérarchique (présentation, rattachement, composition équipe)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="41646935"/>
         <w:placeholder>
           <w:docPart w:val="3CBF15CFF1834A37B20B59F079491C24"/>
         </w:placeholder>
         <w:showingPlcHdr/>
-        <w:text/>
+        <w:text w:multiLine="1"/>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="00E43327" w:rsidP="005D77A7">
+          <w:pPr>
+            <w:jc w:val="both"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:sdtContent>
+    </w:sdt>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Missions</w:t>
+      </w:r>
+    </w:p>
+    <w:sdt>
+      <w:sdtPr>
+        <w:id w:val="-905454735"/>
+        <w:placeholder>
+          <w:docPart w:val="FB61A4450F2D454B9D083E52AD750A75"/>
+        </w:placeholder>
+        <w:showingPlcHdr/>
+        <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidR="005D77A7" w:rsidRDefault="0009661D" w:rsidP="005D77A7">
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
-        <w:jc w:val="both"/>
-[...12 lines deleted...]
-    <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="007213F9" w:rsidRDefault="007213F9" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Missions</w:t>
-[...137 lines deleted...]
-        </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Profil recherché</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Connaissances :</w:t>
       </w:r>
     </w:p>
     <w:bookmarkStart w:id="0" w:name="_Hlk216249925" w:displacedByCustomXml="next"/>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:id w:val="-308862921"/>
         <w:placeholder>
           <w:docPart w:val="D66BD941FE7144588C82AD35A99FD45F"/>
         </w:placeholder>
-        <w:showingPlcHdr/>
-        <w:text/>
+        <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRPr="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+        <w:p w:rsidR="00A10384" w:rsidRPr="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D77A7">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:bookmarkEnd w:id="0" w:displacedByCustomXml="prev"/>
-    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
-[...6 lines deleted...]
-    </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savoir-faire technique :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:id w:val="-1230144545"/>
         <w:placeholder>
           <w:docPart w:val="2CEE9D081DF3455DACB015E2F27EB9CB"/>
         </w:placeholder>
-        <w:showingPlcHdr/>
-        <w:text/>
+        <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+        <w:p w:rsidR="00A10384" w:rsidRPr="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D77A7">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
+    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
-[...20 lines deleted...]
-    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savoirs comportementaux :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
-        <w:rPr>
-[...3 lines deleted...]
-        </w:rPr>
         <w:id w:val="-1257906195"/>
         <w:placeholder>
           <w:docPart w:val="4B25FFA017EC4AA682856C4E9BC86A07"/>
         </w:placeholder>
-        <w:showingPlcHdr/>
-        <w:text/>
+        <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+        <w:p w:rsidR="005D77A7" w:rsidRPr="00004215" w:rsidRDefault="00004215" w:rsidP="00004215">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="005D77A7">
-[...3 lines deleted...]
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          <w:r>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
+          </w:r>
+          <w:r>
+            <w:br/>
+            <w:t>-</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
-[...6 lines deleted...]
-    <w:p w:rsidR="004975BF" w:rsidRDefault="004975BF" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="004975BF" w:rsidRPr="00BE78FE" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -1373,51 +1353,51 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Informations complémentaires / sujétions du poste :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00D55C0A" w:rsidP="00BE78FE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>Exemple : télétravail sur le poste, astreinte, poste soumis accès ZRR ou poste non soumis accès ZR</w:t>
       </w:r>
       <w:r w:rsidR="00E86F4E">
         <w:t>R, NBI</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1166094812"/>
         <w:placeholder>
           <w:docPart w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
         </w:placeholder>
         <w:showingPlcHdr/>
-        <w:text/>
+        <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidR="00BE78FE" w:rsidRPr="00BE78FE" w:rsidRDefault="00BE78FE" w:rsidP="00BE78FE">
           <w:pPr>
             <w:jc w:val="both"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
@@ -1597,50 +1577,51 @@
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>Poste ouver</w:t>
       </w:r>
       <w:r w:rsidR="007166A4">
         <w:t>t</w:t>
       </w:r>
       <w:r w:rsidR="007166A4" w:rsidRPr="007166A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="898628215"/>
           <w:placeholder>
             <w:docPart w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="aux titulaires et contractuels" w:value="aux titulaires et contractuels"/>
             <w:listItem w:displayText="uniquement aux contractuels" w:value="uniquement aux contractuels"/>
             <w:listItem w:displayText="Apprentissage" w:value="Apprentissage"/>
           </w:dropDownList>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007166A4" w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007166A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Type de contrat proposé et durée pour les contractuels : </w:t>
@@ -2199,50 +2180,69 @@
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Formations et dispositif d'accompagnement à la prise de fonction managériale</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Contributions à la complémentaire santé </w:t>
       </w:r>
+      <w:r w:rsidR="00CF55A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t>– Mutuelle obligatoire à compter du 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF55A7" w:rsidRPr="00CF55A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>er</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF55A7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> mai 2026</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Subvention restauration collective</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
@@ -2323,51 +2323,50 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Établissement engagé (QVT, handicap, parité, diversité)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Facilité d’accès (métro, bus, périphériques, téléphérique et petits commerces)</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Événements et conférences scientifiques (Journée des personnels, Afterwork, </w:t>
       </w:r>
       <w:r w:rsidR="00E56089" w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Conférences</w:t>
@@ -2387,190 +2386,50 @@
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00317894">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Crèche.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...138 lines deleted...]
-      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A115F1" w:rsidRPr="00A115F1" w:rsidRDefault="00E72F57" w:rsidP="00A115F1">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E72F57">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
@@ -2749,51 +2608,51 @@
               <wp:posOffset>11430</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="533400" cy="533400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTight wrapText="bothSides">
               <wp:wrapPolygon edited="0">
                 <wp:start x="0" y="0"/>
                 <wp:lineTo x="0" y="20829"/>
                 <wp:lineTo x="20829" y="20829"/>
                 <wp:lineTo x="20829" y="0"/>
                 <wp:lineTo x="0" y="0"/>
               </wp:wrapPolygon>
             </wp:wrapTight>
             <wp:docPr id="10" name="Image 10"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId11" cstate="print">
+                    <a:blip r:embed="rId10" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="533400" cy="533400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
@@ -3102,58 +2961,58 @@
         <w:t>Pour plus d’informations</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F35D6" w:rsidRDefault="00E72F57" w:rsidP="007213F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F35D6">
         <w:t xml:space="preserve">Retrouvez toutes nos offres </w:t>
       </w:r>
       <w:r w:rsidR="002F35D6" w:rsidRPr="002F35D6">
         <w:t>sur notre site internet :</w:t>
       </w:r>
       <w:r w:rsidR="002F35D6">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00250539" w:rsidRDefault="00A22BA9" w:rsidP="005B1226">
+    <w:p w:rsidR="00250539" w:rsidRDefault="00CF55A7" w:rsidP="005B1226">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
       </w:pPr>
-      <w:hyperlink r:id="rId12" w:history="1">
+      <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007213F9" w:rsidRPr="000050B7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="005D77A7" w:rsidRPr="005B1226" w:rsidRDefault="005D77A7" w:rsidP="005B1226">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00250539" w:rsidRDefault="007213F9" w:rsidP="007213F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="900"/>
           <w:tab w:val="center" w:pos="4873"/>
           <w:tab w:val="left" w:pos="8955"/>
         </w:tabs>
         <w:rPr>
@@ -3179,51 +3038,51 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A115F1">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="838200" cy="838200"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="15" name="Image 15"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 9"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13" cstate="print">
+                    <a:blip r:embed="rId12" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="838200" cy="838200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3258,51 +3117,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:align>center</wp:align>
             </wp:positionH>
             <wp:positionV relativeFrom="page">
               <wp:align>bottom</wp:align>
             </wp:positionV>
             <wp:extent cx="7763510" cy="2114550"/>
             <wp:effectExtent l="0" t="0" r="8890" b="0"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="7" name="Image 7"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 4"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill rotWithShape="1">
-                    <a:blip r:embed="rId14" cstate="print">
+                    <a:blip r:embed="rId13" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect t="14427" b="10355"/>
                     <a:stretch/>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="7763510" cy="2114550"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                     <a:extLst>
                       <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                         <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                       </a:ext>
@@ -3330,51 +3189,51 @@
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="margin">
               <wp:posOffset>2409825</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>260985</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="400050" cy="400050"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="8" name="Image 8"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 5"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId15" cstate="print">
+                    <a:blip r:embed="rId14" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="400050" cy="400050"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -3395,93 +3254,93 @@
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="11F5CF71">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>2867025</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>209550</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="931545" cy="471170"/>
             <wp:effectExtent l="0" t="0" r="1905" b="5080"/>
             <wp:wrapTopAndBottom/>
             <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId16" cstate="print">
+                    <a:blip r:embed="rId15" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="931545" cy="471170"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00250539" w:rsidRPr="00250539">
         <w:rPr>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Rejoignez-nous sur les réseaux sociaux :</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="002F35D6" w:rsidRPr="00250539" w:rsidSect="007213F9">
-      <w:footerReference w:type="default" r:id="rId17"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="340" w:footer="454" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00187A5D" w:rsidRDefault="00187A5D" w:rsidP="00187A5D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -3724,50 +3583,162 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="16097CBA"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9BA0F6C8"/>
+    <w:lvl w:ilvl="0" w:tplc="8E108562">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F291B2B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F7B6C86C"/>
     <w:lvl w:ilvl="0" w:tplc="89E4819C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1425" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2145" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3836,51 +3807,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6465" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7185" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="271E6FAE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="84DEB33E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1068" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1788" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -3949,51 +3920,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6108" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6828" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2C8C3984"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7A92D7E8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4062,51 +4033,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="323D0DC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0A827D90"/>
     <w:lvl w:ilvl="0" w:tplc="89E4819C">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4175,51 +4146,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="337B2274"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="F64A1E7A"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4288,51 +4259,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="456D3607"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D27EC2BA"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4401,51 +4372,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E7D503C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A04E3A8E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4515,51 +4486,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7200" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4F244B58"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="8DDCD486"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -4629,51 +4600,163 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4F5A05B4"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="FB2A151A"/>
+    <w:lvl w:ilvl="0" w:tplc="4FE2FA1E">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="54E46F39"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2B721C32"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4742,51 +4825,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="558773A0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="036A57F2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4891,51 +4974,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="57D12B2D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="247069A8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -5004,51 +5087,163 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5A5F33B3"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="06BA65D4"/>
+    <w:lvl w:ilvl="0" w:tplc="78445A8C">
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="-"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri" w:cs="Calibri" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="71994000"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FEF81F4E"/>
     <w:lvl w:ilvl="0" w:tplc="040C0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5118,51 +5313,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5684" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6404" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7209124C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="48B0EF74"/>
     <w:lvl w:ilvl="0" w:tplc="B98CE6E8">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="auto"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5232,51 +5427,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="74D9724E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="908CF12C"/>
     <w:lvl w:ilvl="0" w:tplc="B126AE32">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -5350,186 +5545,202 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="3">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="7">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="8">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="9">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="10">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="11">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="12">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="13">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="3">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="15">
+    <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="4">
-[...14 lines deleted...]
-  <w:num w:numId="9">
+  <w:num w:numId="16">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="10">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="17">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="11">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="18">
+    <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="LBoX8EYe5TTAJjomhB91Erx/pbyzzF8e3n4RvdEy7weeVe0kY3ecjXsb2ImOAhWklCpJIp2g6Ui2t5JrZmJMqw==" w:salt="LYY9Bt8IEHbdoEdKVWydeA=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2Y6jpIYFV2HkeC8TgHG49lPcIupKE6JCWt2TQx21FlvDFwjFjtMe67dDSjifKCw/gOU+iON7Kfc6xFHqRGaQqQ==" w:salt="msDfugaeOBhHFB+iFd6wiw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A54A2"/>
+    <w:rsid w:val="00004215"/>
     <w:rsid w:val="00044646"/>
+    <w:rsid w:val="000458FE"/>
     <w:rsid w:val="0009661D"/>
     <w:rsid w:val="000C1FD2"/>
     <w:rsid w:val="00102B26"/>
     <w:rsid w:val="00187A5D"/>
     <w:rsid w:val="00227285"/>
     <w:rsid w:val="00250539"/>
     <w:rsid w:val="00250EA3"/>
     <w:rsid w:val="00266B83"/>
     <w:rsid w:val="002F35D6"/>
     <w:rsid w:val="00317894"/>
     <w:rsid w:val="004975BF"/>
     <w:rsid w:val="005B1226"/>
     <w:rsid w:val="005D77A7"/>
     <w:rsid w:val="00657FCC"/>
     <w:rsid w:val="0068099B"/>
     <w:rsid w:val="00697A22"/>
     <w:rsid w:val="007166A4"/>
     <w:rsid w:val="007213F9"/>
     <w:rsid w:val="00762D8C"/>
     <w:rsid w:val="008A54A2"/>
     <w:rsid w:val="008C547E"/>
     <w:rsid w:val="00A10384"/>
     <w:rsid w:val="00A115F1"/>
     <w:rsid w:val="00A22BA9"/>
     <w:rsid w:val="00B5556E"/>
     <w:rsid w:val="00BE78FE"/>
     <w:rsid w:val="00C7413B"/>
+    <w:rsid w:val="00CA730D"/>
+    <w:rsid w:val="00CA7C3F"/>
+    <w:rsid w:val="00CF55A7"/>
     <w:rsid w:val="00CF7347"/>
     <w:rsid w:val="00D03E52"/>
     <w:rsid w:val="00D55C0A"/>
     <w:rsid w:val="00D661CA"/>
+    <w:rsid w:val="00D741DB"/>
+    <w:rsid w:val="00E43327"/>
     <w:rsid w:val="00E56089"/>
     <w:rsid w:val="00E72F57"/>
     <w:rsid w:val="00E86F4E"/>
     <w:rsid w:val="00E87FA5"/>
     <w:rsid w:val="00ED0A7C"/>
     <w:rsid w:val="00F01172"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="20481"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="7DBAF84E"/>
+  <w14:docId w14:val="32EC2EDD"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B60F7182-040B-4EB8-A999-B1DB4DD20E73}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -6131,51 +6342,51 @@
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="973175660">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:docParts>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="DefaultPlaceholder_-1854013440"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C22C62A6-E5F4-4743-BC64-9E520FCFC50D}"/>
       </w:docPartPr>
       <w:docPartBody>
@@ -6386,515 +6597,515 @@
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E4787BAE-F686-408A-8566-78ACB7981F5F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="0BD8F465EE6B4B27A7E5C95C2062913C2"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{16D24AB1-E3E7-4EFB-B309-A3E2DB8203A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="63AB0E4424C94E55B8B7CA76E7764FE21"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48A5A215-47BC-470C-845B-F6E3020769CC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="0550C1509BF94ECD98B48A6ECAE63F8E1"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9C461764-4860-46B5-BC8D-B439178B567C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3FF929A0-C686-440A-AD01-9534EC8D812E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D1"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="308498223A5745BAB14B2563B6BDE60E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D3C5F2FE-32A9-4190-BD03-61A782BA91D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="308498223A5745BAB14B2563B6BDE60E1"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8C80062-02DB-4730-9180-939B0E573DE6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="1E4E471DD4684D26A5EB128C79A71CE81"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{461DE9E4-1903-45F6-8DFB-AC0BBF945250}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="E0732C1C066349EEB8F2B7ED32E303D21"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5AE78749C8B84B93843F10211FEBF513"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D4DF563-B3B1-430C-989C-FAB427D33D06}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="5AE78749C8B84B93843F10211FEBF5131"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EBF5A89C-A33D-49A3-9A90-618EAA7B32E6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="7E3323FFC25F496582CAFD646B2EDB041"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8BCC926-9680-4B1E-8EC4-F070A591A4A4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="8722FBE31E364AA3B599CAC5011E21D01"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A30465177244D06A3135FB02CDC6ACE"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{70E523FC-194D-4D3C-9ED6-BFE49BF1819A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="5A30465177244D06A3135FB02CDC6ACE1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F86EA8D-9B0D-4E57-A907-8C4DF134CE38}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="F1EB198C63714E18B9BF8F252EF5B67A1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C644E9CC-BEA5-497F-B70C-E787683A6C2C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="7CAFAFAA034041BC8B8728CA680F51A01"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9DE2E703400F45AFAF46AA08523B60D6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{88BA8539-89AA-402A-9E6D-30B95BA529C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="9DE2E703400F45AFAF46AA08523B60D61"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA567E5D-A050-4198-9BAB-B6AEFF55B81F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="D5B0CA12052B47A89C95FC91257A5AC11"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F4DBFF89-3C1C-4DDE-A4A2-39921FDF3B43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00000000" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
           <w:pPr>
             <w:pStyle w:val="AF5F13F01FCA407F98A965812BD54C1D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
@@ -6947,50 +7158,51 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D35ADC"/>
     <w:rsid w:val="001A31B3"/>
     <w:rsid w:val="00467542"/>
+    <w:rsid w:val="00820173"/>
     <w:rsid w:val="00D35ADC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
@@ -8227,82 +8439,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7FACF4A5-519C-40DA-B7B7-8E42F129D31B}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1D0309E-A08F-43E2-B18B-2D2DFD1BFCC5}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>910</Words>
-  <Characters>5008</Characters>
+  <Words>899</Words>
+  <Characters>4950</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>41</Lines>
   <Paragraphs>11</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5907</CharactersWithSpaces>
+  <CharactersWithSpaces>5838</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jordan LEVIF</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>