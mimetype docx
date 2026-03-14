--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -219,51 +219,51 @@
             </w:r>
           </w:p>
           <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:sdt>
             <w:sdtPr>
               <w:rPr>
                 <w:sz w:val="32"/>
                 <w:szCs w:val="32"/>
               </w:rPr>
               <w:id w:val="828647776"/>
               <w:placeholder>
                 <w:docPart w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
               </w:placeholder>
               <w:showingPlcHdr/>
               <w:text w:multiLine="1"/>
             </w:sdtPr>
             <w:sdtEndPr/>
             <w:sdtContent>
-              <w:p w:rsidR="005D77A7" w:rsidRDefault="005D77A7" w:rsidP="005D77A7">
+              <w:p w:rsidR="005D77A7" w:rsidRDefault="00E76970" w:rsidP="00CF402D">
                 <w:pPr>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:sz w:val="32"/>
                     <w:szCs w:val="32"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00C46117">
                   <w:rPr>
                     <w:rStyle w:val="Textedelespacerserv"/>
                   </w:rPr>
                   <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
                 </w:r>
               </w:p>
             </w:sdtContent>
           </w:sdt>
           <w:p w:rsidR="00657FCC" w:rsidRDefault="00657FCC" w:rsidP="00187A5D">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w:rsidR="00657FCC" w:rsidRPr="00187A5D" w:rsidRDefault="00657FCC" w:rsidP="005D77A7">
@@ -750,54 +750,51 @@
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>La</w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> structure et rattachement hiérarchique (présentation, rattachement, composition équipe)</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="41646935"/>
         <w:placeholder>
           <w:docPart w:val="3CBF15CFF1834A37B20B59F079491C24"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRDefault="00E43327" w:rsidP="005D77A7">
-[...2 lines deleted...]
-          </w:pPr>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="003B4119" w:rsidP="00FB367A">
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
@@ -851,54 +848,51 @@
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Missions</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-905454735"/>
         <w:placeholder>
           <w:docPart w:val="FB61A4450F2D454B9D083E52AD750A75"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRDefault="0009661D" w:rsidP="005D77A7">
-[...2 lines deleted...]
-          </w:pPr>
+        <w:p w:rsidR="005D77A7" w:rsidRDefault="00E46258" w:rsidP="00FB367A">
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
@@ -1086,366 +1080,491 @@
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savoir-faire technique :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1230144545"/>
         <w:placeholder>
           <w:docPart w:val="2CEE9D081DF3455DACB015E2F27EB9CB"/>
         </w:placeholder>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidR="00A10384" w:rsidRPr="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00ED0A7C" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Savoirs comportementaux :</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1257906195"/>
         <w:placeholder>
           <w:docPart w:val="4B25FFA017EC4AA682856C4E9BC86A07"/>
         </w:placeholder>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="005D77A7" w:rsidRPr="00004215" w:rsidRDefault="00004215" w:rsidP="00004215">
+        <w:p w:rsidR="00004215" w:rsidRPr="003B4119" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
           <w:pPr>
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
-          <w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
             <w:br/>
             <w:t>-</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00A10384" w:rsidRDefault="00A10384" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="00004215" w:rsidRDefault="00004215" w:rsidP="00D55C0A">
-[...19 lines deleted...]
-    </w:p>
     <w:p w:rsidR="004975BF" w:rsidRPr="00BE78FE" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Diplôme requis :</w:t>
       </w:r>
       <w:r w:rsidR="005D77A7" w:rsidRPr="005D77A7">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
-[...1 lines deleted...]
-            <w:szCs w:val="32"/>
+            <w:rStyle w:val="En-tteCar"/>
           </w:rPr>
           <w:id w:val="2006546003"/>
           <w:placeholder>
             <w:docPart w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Aucun diplôme requis " w:value="Aucun diplôme requis "/>
             <w:listItem w:displayText="CAP (Certificat d'Aptitude Professionnelle)" w:value="CAP (Certificat d'Aptitude Professionnelle)"/>
             <w:listItem w:displayText="BEP (Brevet d'Etudes Professionnelle)" w:value="BEP (Brevet d'Etudes Professionnelle)"/>
             <w:listItem w:displayText="BAC" w:value="BAC"/>
             <w:listItem w:displayText="BAC +2 (BTS)" w:value="BAC +2 (BTS)"/>
             <w:listItem w:displayText="BAC+3 (Licence, BUT)" w:value="BAC+3 (Licence, BUT)"/>
             <w:listItem w:displayText="BAC+5 (Master, Diplôme d'ingénieur)" w:value="BAC+5 (Master, Diplôme d'ingénieur)"/>
             <w:listItem w:displayText="Doctorat, Phd" w:value="Doctorat, Phd"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Policepardfaut"/>
+            <w:b/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="005D77A7" w:rsidRPr="002C6563">
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="003B4119">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Choisissez un élément.</w:t>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="003B4119" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve">Durée </w:t>
+      </w:r>
+      <w:r w:rsidR="00D55C0A">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Expérience souhaitée :</w:t>
       </w:r>
       <w:r w:rsidR="00BE78FE">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
-            <w:b/>
+            <w:rStyle w:val="En-tteCar"/>
           </w:rPr>
           <w:id w:val="-495192352"/>
           <w:placeholder>
             <w:docPart w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Aucune expérience requise" w:value="Aucune expérience requise"/>
-            <w:listItem w:displayText="Stage ou alternance dans le secteur" w:value="Stage ou alternance dans le secteur"/>
+            <w:listItem w:displayText="Stage ou alternance dans le domaine" w:value="Stage ou alternance dans le domaine"/>
             <w:listItem w:displayText="Débutant (1 à 3 ans d'expérience)" w:value="Débutant (1 à 3 ans d'expérience)"/>
             <w:listItem w:displayText="Intermédiaire (3 à 5 ans d'expérience)" w:value="Intermédiaire (3 à 5 ans d'expérience)"/>
             <w:listItem w:displayText="Avancé (5 à 10 ans)" w:value="Avancé (5 à 10 ans)"/>
             <w:listItem w:displayText="Expert (Plus de 10 ans)" w:value="Expert (Plus de 10 ans)"/>
           </w:dropDownList>
         </w:sdtPr>
-        <w:sdtEndPr/>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Policepardfaut"/>
+            <w:b/>
+          </w:rPr>
+        </w:sdtEndPr>
         <w:sdtContent>
-          <w:r w:rsidR="0009661D" w:rsidRPr="002C6563">
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Choisissez un élément.</w:t>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00BE78FE" w:rsidRDefault="00BE78FE" w:rsidP="00D55C0A">
+    <w:p w:rsidR="00BE78FE" w:rsidRDefault="003B4119" w:rsidP="00D55C0A">
       <w:pPr>
         <w:rPr>
           <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Précisions expérience souhaitée /Intitulé diplôme :</w:t>
+      </w:r>
+      <w:sdt>
+        <w:sdtPr>
+          <w:rPr>
+            <w:rStyle w:val="En-tteCar"/>
+          </w:rPr>
+          <w:id w:val="1407644341"/>
+          <w:placeholder>
+            <w:docPart w:val="FE981E3F851D46DD8D1FC5DF680420EF"/>
+          </w:placeholder>
+          <w:showingPlcHdr/>
+        </w:sdtPr>
+        <w:sdtEndPr>
+          <w:rPr>
+            <w:rStyle w:val="Policepardfaut"/>
+            <w:b/>
+          </w:rPr>
+        </w:sdtEndPr>
+        <w:sdtContent>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Cliquez ou </w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>appuyez</w:t>
+          </w:r>
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:sdtContent>
+      </w:sdt>
+    </w:p>
+    <w:p w:rsidR="003B4119" w:rsidRDefault="003B4119" w:rsidP="00D55C0A">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
+        </w:pBdr>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Informations complémentaires / sujétions du poste :</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00ED0A7C" w:rsidRDefault="00D55C0A" w:rsidP="00BE78FE">
       <w:pPr>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>Exemple : télétravail sur le poste, astreinte, poste soumis accès ZRR ou poste non soumis accès ZR</w:t>
       </w:r>
       <w:r w:rsidR="00E86F4E">
         <w:t>R, NBI</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="-1166094812"/>
         <w:placeholder>
           <w:docPart w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
         </w:placeholder>
         <w:showingPlcHdr/>
         <w:text w:multiLine="1"/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
-        <w:p w:rsidR="00BE78FE" w:rsidRPr="00BE78FE" w:rsidRDefault="00BE78FE" w:rsidP="00BE78FE">
-[...2 lines deleted...]
-          </w:pPr>
+        <w:p w:rsidR="00BE78FE" w:rsidRPr="00BE78FE" w:rsidRDefault="00AF2CA0" w:rsidP="00CF402D">
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+            <w:t xml:space="preserve">Cliquez ou appuyez </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>ici</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> pour entrer </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>du</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> texte.</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00D55C0A">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Conditions générales du poste : </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Catégorie du poste : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-490559417"/>
           <w:placeholder>
             <w:docPart w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="A+" w:value="A+"/>
             <w:listItem w:displayText="A" w:value="A"/>
             <w:listItem w:displayText="A ou B" w:value="A ou B"/>
             <w:listItem w:displayText="B" w:value="B"/>
             <w:listItem w:displayText="B ou C" w:value="B ou C"/>
             <w:listItem w:displayText="C" w:value="C"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00BE78FE" w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
@@ -1478,92 +1597,90 @@
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Apprentissage / Stage" w:value="Apprentissage / Stage"/>
             <w:listItem w:displayText="IGR ou équivalent" w:value="IGR ou équivalent"/>
             <w:listItem w:displayText="IGE ou équivalent" w:value="IGE ou équivalent"/>
             <w:listItem w:displayText="ASI ou équivalent" w:value="ASI ou équivalent"/>
             <w:listItem w:displayText="TECH ou équivalent" w:value="TECH ou équivalent"/>
             <w:listItem w:displayText="ATRF ou équivalent" w:value="ATRF ou équivalent"/>
             <w:listItem w:displayText="Chercheur Post Doctorant" w:value="Chercheur Post Doctorant"/>
             <w:listItem w:displayText="Doctorant" w:value="Doctorant"/>
             <w:listItem w:displayText="Enseignant" w:value="Enseignant"/>
             <w:listItem w:displayText="Enseignant/ Chercheur" w:value="Enseignant/ Chercheur"/>
             <w:listItem w:displayText="Emploi Fonctionnel ou équivalent" w:value="Emploi Fonctionnel ou équivalent"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007166A4" w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00CF402D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Quotité de travail : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="278538996"/>
           <w:placeholder>
             <w:docPart w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00CF402D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Date de prise de fonctions souhaitée : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="513043413"/>
           <w:placeholder>
             <w:docPart w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
@@ -1591,315 +1708,311 @@
           <w:placeholder>
             <w:docPart w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="aux titulaires et contractuels" w:value="aux titulaires et contractuels"/>
             <w:listItem w:displayText="uniquement aux contractuels" w:value="uniquement aux contractuels"/>
             <w:listItem w:displayText="Apprentissage" w:value="Apprentissage"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="007166A4" w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="007166A4">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+    <w:p w:rsidR="00D55C0A" w:rsidRDefault="00D55C0A" w:rsidP="00CF402D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Type de contrat proposé et durée pour les contractuels : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="665515692"/>
           <w:placeholder>
             <w:docPart w:val="5AE78749C8B84B93843F10211FEBF513"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
-    <w:p w:rsidR="00227285" w:rsidRPr="00D55C0A" w:rsidRDefault="00227285" w:rsidP="004975BF">
+    <w:p w:rsidR="00227285" w:rsidRPr="00D55C0A" w:rsidRDefault="00227285" w:rsidP="00CF402D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Localisation géographique : </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-2125144279"/>
           <w:placeholder>
             <w:docPart w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRDefault="00A115F1" w:rsidP="004975BF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251666432" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78931EFA" wp14:editId="3F184EDD">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>238760</wp:posOffset>
                 </wp:positionV>
-                <wp:extent cx="6286500" cy="1695450"/>
-                <wp:effectExtent l="0" t="0" r="0" b="0"/>
+                <wp:extent cx="6286500" cy="1744980"/>
+                <wp:effectExtent l="0" t="0" r="0" b="7620"/>
                 <wp:wrapNone/>
                 <wp:docPr id="14" name="Rectangle 14"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
                       <wps:spPr>
                         <a:xfrm>
                           <a:off x="0" y="0"/>
-                          <a:ext cx="6286500" cy="1695450"/>
+                          <a:ext cx="6286500" cy="1744980"/>
                         </a:xfrm>
                         <a:prstGeom prst="rect">
                           <a:avLst/>
                         </a:prstGeom>
                         <a:solidFill>
                           <a:srgbClr val="FBE5F5"/>
                         </a:solidFill>
                         <a:ln>
                           <a:noFill/>
                         </a:ln>
                       </wps:spPr>
                       <wps:style>
                         <a:lnRef idx="2">
                           <a:schemeClr val="accent1">
                             <a:shade val="50000"/>
                           </a:schemeClr>
                         </a:lnRef>
                         <a:fillRef idx="1">
                           <a:schemeClr val="accent1"/>
                         </a:fillRef>
                         <a:effectRef idx="0">
                           <a:schemeClr val="accent1"/>
                         </a:effectRef>
                         <a:fontRef idx="minor">
                           <a:schemeClr val="lt1"/>
                         </a:fontRef>
                       </wps:style>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:rect w14:anchorId="4BFD03FA" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:18.8pt;width:495pt;height:133.5pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCXmrFkmwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50ESdYGdYqsXYYB&#10;RVu0HXpWZCk2IIsapcTJfv0o+dHHih2GXWxRJD+Sn0ieXxxqw/YKfQU25+OTEWfKSigqu835j8f1&#10;p1POfBC2EAasyvlReX6x/PjhvHELNYESTKGQEYj1i8blvAzBLbLMy1LVwp+AU5aUGrAWgUTcZgWK&#10;htBrk01Go3nWABYOQSrv6faqVfJlwtdayXCrtVeBmZxTbiF9MX038Zstz8Vii8KVlezSEP+QRS0q&#10;S0EHqCsRBNth9QdUXUkEDzqcSKgz0LqSKtVA1YxHb6p5KIVTqRYix7uBJv//YOXN/g5ZVdDbTTmz&#10;oqY3uifWhN0axeiOCGqcX5Ddg7vDTvJ0jNUeNNbxT3WwQyL1OJCqDoFJupxPTuezEXEvSTeen82m&#10;s0R79uzu0IdvCmoWDzlHip/IFPtrHygkmfYmMZoHUxXrypgk4HZzaZDtBb3w+svX2XoWcyaXV2bG&#10;RmML0a1Vx5ssltYWk07haFS0M/ZeaWKF0p+kTFI/qiGOkFLZMG5VpShUG57KpEK76LGDo0fKJQFG&#10;ZE3xB+wOoLdsQXrsFqazj64qtfPgPPpbYq3z4JEigw2Dc11ZwPcADFXVRW7te5JaaiJLGyiO1DMI&#10;7TB5J9cVvdu18OFOIE0PvTVthHBLH22gyTl0J85KwF/v3Ud7amrSctbQNObc/9wJVJyZ75ba/Ww8&#10;ncbxTcJ09nlCAr7UbF5q7K6+BGqHMe0eJ9Mx2gfTHzVC/USLYxWjkkpYSbFzLgP2wmVotwStHqlW&#10;q2RGI+tEuLYPTkbwyGrsy8fDk0DXNW+gvr+BfnLF4k0Pt7bR08JqF0BXqcGfee34pnFPjdOtprhP&#10;XsrJ6nmBLn8DAAD//wMAUEsDBBQABgAIAAAAIQC+1dnS3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUhcKmrzo6QNcSqgqlCPpEi9urGbRNjrYDtteHuWUznOzGrm23I1OctO&#10;JsTeo4T7uQBmsPG6x1bC525ztwAWk0KtrEcj4cdEWFXXV6UqtD/jhznVqWVUgrFQErqUhoLz2HTG&#10;qTj3g0HKjj44lUiGluugzlTuLH8QIuNO9UgLnRrMW2ear3p0EnI7W4dZ/j3Wmx2+rrdhv9++o5S3&#10;N9PLM7BkpnQ5hj98QoeKmA5+RB2ZlUCPJAmPeQaM0uVSkHEgQzxlwKuS/+evfgEAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQCXmrFkmwIAAIgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQC+1dnS3QAAAAcBAAAPAAAAAAAAAAAAAAAAAPUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" fillcolor="#fbe5f5" stroked="f" strokeweight="1pt">
+              <v:rect w14:anchorId="5003E274" id="Rectangle 14" o:spid="_x0000_s1026" style="position:absolute;margin-left:0;margin-top:18.8pt;width:495pt;height:137.4pt;z-index:-251650048;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBt1zwomwIAAIgFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0X50ESR9BnSJrl2FA&#10;0QZth54VWYoNyKJGKXGyXz9KfrTrih2GXWxRJD+Sn0heXh1qw/YKfQU25+OTEWfKSigqu83596fV&#10;p3POfBC2EAasyvlReX61+PjhsnFzNYESTKGQEYj188blvAzBzbPMy1LVwp+AU5aUGrAWgUTcZgWK&#10;htBrk01Go9OsASwcglTe0+1Nq+SLhK+1kuFea68CMzmn3EL6Yvpu4jdbXIr5FoUrK9mlIf4hi1pU&#10;loIOUDciCLbD6g+oupIIHnQ4kVBnoHUlVaqBqhmP3lTzWAqnUi1EjncDTf7/wcq7/RpZVdDbTTmz&#10;oqY3eiDWhN0axeiOCGqcn5Pdo1tjJ3k6xmoPGuv4pzrYIZF6HEhVh8AkXZ5Ozk9nI+Jekm58Np1e&#10;nCfasxd3hz58VVCzeMg5UvxEptjf+kAhybQ3idE8mKpYVcYkAbeba4NsL+iFV5+/zFazmDO5/GZm&#10;bDS2EN1adbzJYmltMekUjkZFO2MflCZWKP1JyiT1oxriCCmVDeNWVYpCteGpTCq0ix47OHqkXBJg&#10;RNYUf8DuAHrLFqTHbmE6++iqUjsPzqO/JdY6Dx4pMtgwONeVBXwPwFBVXeTWvieppSaytIHiSD2D&#10;0A6Td3JV0bvdCh/WAml66K1pI4R7+mgDTc6hO3FWAv587z7aU1OTlrOGpjHn/sdOoOLMfLPU7hfj&#10;6TSObxKms7MJCfhas3mtsbv6GqgdxrR7nEzHaB9Mf9QI9TMtjmWMSiphJcXOuQzYC9eh3RK0eqRa&#10;LpMZjawT4dY+OhnBI6uxL58OzwJd17yB+v4O+skV8zc93NpGTwvLXQBdpQZ/4bXjm8Y9NU63muI+&#10;eS0nq5cFuvgFAAD//wMAUEsDBBQABgAIAAAAIQAEzZS93QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwEETvSPyDtUhcKuq0oKYNcSqgqlCPpEi9uvE2iYjXwXba8Pcsp3KcmdXM23w92k6c&#10;0YfWkYLZNAGBVDnTUq3gc799WIIIUZPRnSNU8IMB1sXtTa4z4y70gecy1oJLKGRaQRNjn0kZqgat&#10;DlPXI3F2ct7qyNLX0nh94XLbyXmSLKTVLfFCo3t8a7D6KgerIO0mGz9Jv4dyu6fXzc4fDrt3Uur+&#10;bnx5BhFxjNdj+MNndCiY6egGMkF0CviRqOAxXYDgdLVK2DiyMZs/gSxy+Z+/+AUAAP//AwBQSwEC&#10;LQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNd&#10;LnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8u&#10;cmVsc1BLAQItABQABgAIAAAAIQBt1zwomwIAAIgFAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJv&#10;RG9jLnhtbFBLAQItABQABgAIAAAAIQAEzZS93QAAAAcBAAAPAAAAAAAAAAAAAAAAAPUEAABkcnMv&#10;ZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA/wUAAAAA&#10;" fillcolor="#fbe5f5" stroked="f" strokeweight="1pt">
                 <w10:wrap anchorx="margin"/>
               </v:rect>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00D55C0A" w:rsidRPr="00D55C0A">
         <w:t>Groupe RIFSEEP ou cotation poste</w:t>
       </w:r>
       <w:r w:rsidR="00D55C0A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D55C0A" w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-1658456244"/>
           <w:placeholder>
             <w:docPart w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:dropDownList>
             <w:listItem w:value="Choisissez un élément."/>
             <w:listItem w:displayText="Pas de cotation spécifique" w:value="Pas de cotation spécifique"/>
             <w:listItem w:displayText="1" w:value="1"/>
             <w:listItem w:displayText="2" w:value="2"/>
             <w:listItem w:displayText="3" w:value="3"/>
           </w:dropDownList>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
-          <w:r w:rsidR="00102B26" w:rsidRPr="002C6563">
+          <w:r w:rsidR="00AF2CA0" w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
     </w:p>
     <w:p w:rsidR="00D55C0A" w:rsidRPr="00D55C0A" w:rsidRDefault="00227285" w:rsidP="004975BF">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">Rémunération </w:t>
       </w:r>
       <w:r w:rsidR="005B1226">
         <w:t xml:space="preserve">(sera renseignée par les RH) </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="004975BF">
+    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="00CF402D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004975BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Pour les titulaires</w:t>
       </w:r>
       <w:r w:rsidR="00227285">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>: en fonction de la grille indiciaire + montant IFSE</w:t>
       </w:r>
       <w:r w:rsidR="004975BF">
         <w:t xml:space="preserve">   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="2079625680"/>
           <w:placeholder>
             <w:docPart w:val="5A30465177244D06A3135FB02CDC6ACE"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="004975BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:t>€+ modulation grade</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="00102B26">
+    <w:p w:rsidR="00227285" w:rsidRDefault="00D55C0A" w:rsidP="00CF402D">
       <w:pPr>
         <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="360"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r w:rsidRPr="004975BF">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Pour les contractuels</w:t>
       </w:r>
       <w:r w:rsidR="00227285">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00D55C0A">
         <w:t xml:space="preserve">: elle est comprise entre </w:t>
       </w:r>
       <w:r w:rsidR="004975BF">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="802734999"/>
           <w:placeholder>
             <w:docPart w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
@@ -1999,473 +2112,632 @@
         <w:id w:val="401792361"/>
         <w:placeholder>
           <w:docPart w:val="DefaultPlaceholder_-1854013440"/>
         </w:placeholder>
         <w:text/>
       </w:sdtPr>
       <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w:rsidR="00227285" w:rsidRPr="00BE78FE" w:rsidRDefault="00227285" w:rsidP="00BE78FE">
           <w:pPr>
             <w:pBdr>
               <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
             </w:pBdr>
           </w:pPr>
           <w:r w:rsidRPr="00227285">
             <w:rPr>
               <w:b/>
               <w:sz w:val="32"/>
               <w:szCs w:val="32"/>
             </w:rPr>
             <w:t>Politique sociale et avantages :</w:t>
           </w:r>
         </w:p>
       </w:sdtContent>
     </w:sdt>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Contributions aux frais de transport en commun</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Congés jusqu’à 55 jours/an pour les contrats &gt; à 10 mois</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>3 Options de temps de travail (si contrat &gt; à 10 mois</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00317894">
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>):</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00317894">
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...27 lines deleted...]
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 39h10 =&gt; 55 jours de congé, 38h15 =&gt; 50 jours de congé, 37h20 =&gt; 45 jours de congé</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Possibilité d’aménagement du temps de travail</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Télétravail possible en fonction du poste</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Possibilité aménagement du poste de travail pour les personnes handicapées</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Formations et dispositif d'accompagnement à la prise de fonction managériale</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Contributions à la complémentaire santé </w:t>
       </w:r>
-      <w:r w:rsidR="00CF55A7">
+      <w:r w:rsidR="00CF55A7" w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>– Mutuelle obligatoire à compter du 1</w:t>
       </w:r>
-      <w:r w:rsidR="00CF55A7" w:rsidRPr="00CF55A7">
+      <w:r w:rsidR="00CF55A7" w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00CF55A7">
+      <w:r w:rsidR="00CF55A7" w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> mai 2026</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Subvention restauration collective</w:t>
       </w:r>
-    </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – Restauration sur place </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>( Crous</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>,  Brasserie…)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Chèques vacances </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Service social</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Forfait mobilité durable (vélo, covoiturage)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Activités sportives et culturelles</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Établissement engagé (QVT, handicap, parité, diversité)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Facilité d’accès (métro, bus, périphériques, téléphérique et petits commerces)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...2 lines deleted...]
-      <w:r w:rsidR="00E56089" w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Événements et conférences scientifiques (Journée des personnels, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E56089" w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Conférences</w:t>
       </w:r>
-      <w:r w:rsidR="00762D8C">
+      <w:r w:rsidR="00762D8C" w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>…</w:t>
       </w:r>
-      <w:r w:rsidRPr="00317894">
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
+    <w:p w:rsidR="003B4119" w:rsidRDefault="003B4119" w:rsidP="00317894">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="15"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00317894">
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Accès bibliothèques</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF2CA0" w:rsidRPr="00AF2CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> universitaires</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E76970" w:rsidRDefault="00E76970" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Déploiement 10min de sport sur temps de travail </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00E76970" w:rsidRPr="00AF2CA0" w:rsidRDefault="00E76970" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Parking sur place</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00317894" w:rsidRPr="00AF2CA0" w:rsidRDefault="00317894" w:rsidP="00317894">
+      <w:pPr>
+        <w:pStyle w:val="NormalWeb"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="15"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AF2CA0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Crèche.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00317894" w:rsidRPr="00317894" w:rsidRDefault="00317894" w:rsidP="00317894">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
     <w:p w:rsidR="00A115F1" w:rsidRPr="00A115F1" w:rsidRDefault="00E72F57" w:rsidP="00A115F1">
       <w:pPr>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="18" w:space="1" w:color="FCD8F9"/>
         </w:pBdr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E72F57">
         <w:rPr>
           <w:b/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Processus de recrutement</w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00A115F1" w:rsidP="00102B26">
+    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00A115F1" w:rsidP="00CF402D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2550"/>
         </w:tabs>
         <w:spacing w:before="240" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
                 <wp:simplePos x="0" y="0"/>
                 <wp:positionH relativeFrom="margin">
                   <wp:align>left</wp:align>
                 </wp:positionH>
                 <wp:positionV relativeFrom="paragraph">
                   <wp:posOffset>12065</wp:posOffset>
                 </wp:positionV>
                 <wp:extent cx="6210300" cy="1771650"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:wrapNone/>
                 <wp:docPr id="13" name="Rectangle 13"/>
                 <wp:cNvGraphicFramePr/>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                     <wps:wsp>
                       <wps:cNvSpPr/>
@@ -2531,55 +2803,54 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="425775797"/>
           <w:placeholder>
             <w:docPart w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="00102B26">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00E86F4E" w:rsidP="007213F9">
+    <w:p w:rsidR="00E86F4E" w:rsidRDefault="00E86F4E" w:rsidP="00CF402D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
-        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>Date limite de candidature :</w:t>
       </w:r>
       <w:r w:rsidR="00102B26">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:id w:val="-993256929"/>
           <w:placeholder>
             <w:docPart w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:sdtContent>
@@ -2683,55 +2954,54 @@
       <w:r w:rsidR="00E87FA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
       <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">lôme </w:t>
       </w:r>
       <w:r w:rsidR="00E87FA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">et référence du poste </w:t>
       </w:r>
       <w:r w:rsidR="007213F9" w:rsidRPr="007213F9">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">à fournir pour candidater à une offre. </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00A115F1" w:rsidRDefault="005B1226" w:rsidP="005B1226">
+    <w:p w:rsidR="00A115F1" w:rsidRDefault="005B1226" w:rsidP="00CF402D">
       <w:pPr>
         <w:spacing w:line="360" w:lineRule="auto"/>
         <w:ind w:left="284"/>
-        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Contact pour ce poste (NOM, mail et fonction) :   </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:b/>
           </w:rPr>
           <w:id w:val="1389537700"/>
           <w:placeholder>
             <w:docPart w:val="679140B1422D4BFCB1E35E8322E8F182"/>
           </w:placeholder>
           <w:showingPlcHdr/>
           <w:text/>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00102B26" w:rsidRPr="00C46117">
@@ -2961,51 +3231,51 @@
         <w:t>Pour plus d’informations</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="002F35D6" w:rsidRDefault="00E72F57" w:rsidP="007213F9">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002F35D6">
         <w:t xml:space="preserve">Retrouvez toutes nos offres </w:t>
       </w:r>
       <w:r w:rsidR="002F35D6" w:rsidRPr="002F35D6">
         <w:t>sur notre site internet :</w:t>
       </w:r>
       <w:r w:rsidR="002F35D6">
         <w:rPr>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00250539" w:rsidRDefault="00CF55A7" w:rsidP="005B1226">
+    <w:p w:rsidR="00250539" w:rsidRDefault="00E76970" w:rsidP="005B1226">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Lienhypertexte"/>
         </w:rPr>
       </w:pPr>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="007213F9" w:rsidRPr="000050B7">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
           </w:rPr>
           <w:t>https://www.univ-tlse3.fr/fr/ut3paulsabatier-recrute</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w:rsidR="005D77A7" w:rsidRPr="005B1226" w:rsidRDefault="005D77A7" w:rsidP="005B1226">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00250539" w:rsidRDefault="007213F9" w:rsidP="007213F9">
@@ -3345,93 +3615,93 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:p w:rsidR="00044646" w:rsidRPr="00044646" w:rsidRDefault="00044646">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:caps/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00044646">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00044646">
       <w:rPr>
         <w:caps/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
@@ -5602,145 +5872,155 @@
   <w:num w:numId="13">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="16">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="2Y6jpIYFV2HkeC8TgHG49lPcIupKE6JCWt2TQx21FlvDFwjFjtMe67dDSjifKCw/gOU+iON7Kfc6xFHqRGaQqQ==" w:salt="msDfugaeOBhHFB+iFd6wiw=="/>
+  <w:documentProtection w:edit="forms" w:enforcement="1" w:cryptProviderType="rsaAES" w:cryptAlgorithmClass="hash" w:cryptAlgorithmType="typeAny" w:cryptAlgorithmSid="14" w:cryptSpinCount="100000" w:hash="iHRWw4rzW7aTDJQQ5a+AwxUztRwu3iRjD22+8evAOwIJMZ6BCXZw4TLKr3YcXPv08zcHD6Bv3oBIq7MYLwooNw==" w:salt="LkeWai1Udy6fFFlwPh18Pw=="/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008A54A2"/>
     <w:rsid w:val="00004215"/>
     <w:rsid w:val="00044646"/>
     <w:rsid w:val="000458FE"/>
     <w:rsid w:val="0009661D"/>
     <w:rsid w:val="000C1FD2"/>
     <w:rsid w:val="00102B26"/>
     <w:rsid w:val="00187A5D"/>
     <w:rsid w:val="00227285"/>
     <w:rsid w:val="00250539"/>
     <w:rsid w:val="00250EA3"/>
     <w:rsid w:val="00266B83"/>
     <w:rsid w:val="002F35D6"/>
     <w:rsid w:val="00317894"/>
+    <w:rsid w:val="003B4119"/>
+    <w:rsid w:val="004157F4"/>
     <w:rsid w:val="004975BF"/>
     <w:rsid w:val="005B1226"/>
     <w:rsid w:val="005D77A7"/>
     <w:rsid w:val="00657FCC"/>
     <w:rsid w:val="0068099B"/>
     <w:rsid w:val="00697A22"/>
     <w:rsid w:val="007166A4"/>
     <w:rsid w:val="007213F9"/>
     <w:rsid w:val="00762D8C"/>
     <w:rsid w:val="008A54A2"/>
     <w:rsid w:val="008C547E"/>
+    <w:rsid w:val="00951F28"/>
     <w:rsid w:val="00A10384"/>
     <w:rsid w:val="00A115F1"/>
     <w:rsid w:val="00A22BA9"/>
+    <w:rsid w:val="00AF2CA0"/>
     <w:rsid w:val="00B5556E"/>
     <w:rsid w:val="00BE78FE"/>
     <w:rsid w:val="00C7413B"/>
     <w:rsid w:val="00CA730D"/>
     <w:rsid w:val="00CA7C3F"/>
+    <w:rsid w:val="00CF402D"/>
     <w:rsid w:val="00CF55A7"/>
     <w:rsid w:val="00CF7347"/>
     <w:rsid w:val="00D03E52"/>
+    <w:rsid w:val="00D0466B"/>
+    <w:rsid w:val="00D351AF"/>
     <w:rsid w:val="00D55C0A"/>
     <w:rsid w:val="00D661CA"/>
     <w:rsid w:val="00D741DB"/>
     <w:rsid w:val="00E43327"/>
+    <w:rsid w:val="00E46258"/>
     <w:rsid w:val="00E56089"/>
     <w:rsid w:val="00E72F57"/>
+    <w:rsid w:val="00E76970"/>
     <w:rsid w:val="00E86F4E"/>
     <w:rsid w:val="00E87FA5"/>
     <w:rsid w:val="00ED0A7C"/>
     <w:rsid w:val="00F01172"/>
+    <w:rsid w:val="00FB367A"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="20481"/>
+    <o:shapedefaults v:ext="edit" spidmax="32769"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="32EC2EDD"/>
+  <w14:docId w14:val="4611C0BC"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{B60F7182-040B-4EB8-A999-B1DB4DD20E73}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -6394,111 +6674,111 @@
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="3CBF15CFF1834A37B20B59F079491C24"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4E928C65-7022-44A2-A707-4B6E95771885}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00467542" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="3CBF15CFF1834A37B20B59F079491C242"/>
+            <w:pStyle w:val="3CBF15CFF1834A37B20B59F079491C245"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="FB61A4450F2D454B9D083E52AD750A75"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{12C6ECDD-D8CA-4BEF-A0D0-0D1A36F8DB7C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00467542" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="FB61A4450F2D454B9D083E52AD750A752"/>
+            <w:pStyle w:val="FB61A4450F2D454B9D083E52AD750A755"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{7B84E5F7-6560-41E4-90E6-0CE5D652DED4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00467542" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="165FFF88CF014A6BA406A7E1BC0D2BEB2"/>
+            <w:pStyle w:val="165FFF88CF014A6BA406A7E1BC0D2BEB5"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D66BD941FE7144588C82AD35A99FD45F"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1B56753F-1ABD-4E4C-A56B-64425A51BDEA}"/>
       </w:docPartPr>
@@ -6568,641 +6848,737 @@
           <w:r w:rsidRPr="005D77A7">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="679140B1422D4BFCB1E35E8322E8F182"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{19BBE2B6-F800-41F1-A50B-81572DE024CB}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00467542" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00467542" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="679140B1422D4BFCB1E35E8322E8F1822"/>
+            <w:pStyle w:val="679140B1422D4BFCB1E35E8322E8F1825"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{E4787BAE-F686-408A-8566-78ACB7981F5F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="0BD8F465EE6B4B27A7E5C95C2062913C2"/>
+            <w:pStyle w:val="0BD8F465EE6B4B27A7E5C95C2062913C5"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{16D24AB1-E3E7-4EFB-B309-A3E2DB8203A7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="63AB0E4424C94E55B8B7CA76E7764FE21"/>
+            <w:pStyle w:val="63AB0E4424C94E55B8B7CA76E7764FE24"/>
           </w:pPr>
-          <w:r w:rsidRPr="002C6563">
+          <w:r w:rsidRPr="003B4119">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Choisissez un élément.</w:t>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{48A5A215-47BC-470C-845B-F6E3020769CC}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="0550C1509BF94ECD98B48A6ECAE63F8E1"/>
+            <w:pStyle w:val="0550C1509BF94ECD98B48A6ECAE63F8E4"/>
           </w:pPr>
-          <w:r w:rsidRPr="002C6563">
+          <w:r w:rsidRPr="00AF2CA0">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Choisissez un élément.</w:t>
+            <w:t xml:space="preserve">Choisissez un </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>élément</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9C461764-4860-46B5-BC8D-B439178B567C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C21"/>
+            <w:pStyle w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C24"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
-            <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+            <w:t xml:space="preserve">Cliquez ou appuyez </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>ici</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> pour entrer </w:t>
+          </w:r>
+          <w:r w:rsidRPr="003B4119">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>du</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00C46117">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{3FF929A0-C686-440A-AD01-9534EC8D812E}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D1"/>
+            <w:pStyle w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D4"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="308498223A5745BAB14B2563B6BDE60E"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{D3C5F2FE-32A9-4190-BD03-61A782BA91D4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="308498223A5745BAB14B2563B6BDE60E1"/>
+            <w:pStyle w:val="308498223A5745BAB14B2563B6BDE60E4"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE8"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C8C80062-02DB-4730-9180-939B0E573DE6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="1E4E471DD4684D26A5EB128C79A71CE81"/>
+            <w:pStyle w:val="1E4E471DD4684D26A5EB128C79A71CE84"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D2"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{461DE9E4-1903-45F6-8DFB-AC0BBF945250}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="E0732C1C066349EEB8F2B7ED32E303D21"/>
+            <w:pStyle w:val="E0732C1C066349EEB8F2B7ED32E303D24"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5AE78749C8B84B93843F10211FEBF513"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{2D4DF563-B3B1-430C-989C-FAB427D33D06}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="5AE78749C8B84B93843F10211FEBF5131"/>
+            <w:pStyle w:val="5AE78749C8B84B93843F10211FEBF5134"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7E3323FFC25F496582CAFD646B2EDB04"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{EBF5A89C-A33D-49A3-9A90-618EAA7B32E6}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="7E3323FFC25F496582CAFD646B2EDB041"/>
+            <w:pStyle w:val="7E3323FFC25F496582CAFD646B2EDB044"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="8722FBE31E364AA3B599CAC5011E21D0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{A8BCC926-9680-4B1E-8EC4-F070A591A4A4}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="8722FBE31E364AA3B599CAC5011E21D01"/>
+            <w:pStyle w:val="8722FBE31E364AA3B599CAC5011E21D04"/>
           </w:pPr>
           <w:r w:rsidRPr="002C6563">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Choisissez un élément.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="5A30465177244D06A3135FB02CDC6ACE"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{70E523FC-194D-4D3C-9ED6-BFE49BF1819A}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="5A30465177244D06A3135FB02CDC6ACE1"/>
+            <w:pStyle w:val="5A30465177244D06A3135FB02CDC6ACE4"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{1F86EA8D-9B0D-4E57-A907-8C4DF134CE38}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="F1EB198C63714E18B9BF8F252EF5B67A1"/>
+            <w:pStyle w:val="F1EB198C63714E18B9BF8F252EF5B67A4"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A0"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{C644E9CC-BEA5-497F-B70C-E787683A6C2C}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="7CAFAFAA034041BC8B8728CA680F51A01"/>
+            <w:pStyle w:val="7CAFAFAA034041BC8B8728CA680F51A04"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="9DE2E703400F45AFAF46AA08523B60D6"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{88BA8539-89AA-402A-9E6D-30B95BA529C7}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="9DE2E703400F45AFAF46AA08523B60D61"/>
+            <w:pStyle w:val="9DE2E703400F45AFAF46AA08523B60D64"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC1"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{AA567E5D-A050-4198-9BAB-B6AEFF55B81F}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="D5B0CA12052B47A89C95FC91257A5AC11"/>
+            <w:pStyle w:val="D5B0CA12052B47A89C95FC91257A5AC14"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D"/>
         <w:category>
           <w:name w:val="Général"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{F4DBFF89-3C1C-4DDE-A4A2-39921FDF3B43}"/>
       </w:docPartPr>
       <w:docPartBody>
-        <w:p w:rsidR="00820173" w:rsidRDefault="001A31B3" w:rsidP="001A31B3">
+        <w:p w:rsidR="00820173" w:rsidRDefault="00127406" w:rsidP="00127406">
           <w:pPr>
-            <w:pStyle w:val="AF5F13F01FCA407F98A965812BD54C1D1"/>
+            <w:pStyle w:val="AF5F13F01FCA407F98A965812BD54C1D4"/>
           </w:pPr>
           <w:r w:rsidRPr="00C46117">
             <w:rPr>
               <w:rStyle w:val="Textedelespacerserv"/>
             </w:rPr>
             <w:t>Cliquez ou appuyez ici pour entrer du texte.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="FE981E3F851D46DD8D1FC5DF680420EF"/>
+        <w:category>
+          <w:name w:val="Général"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{C299FC4A-91BD-4F41-98F8-F6858CB73EF0}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00980F81" w:rsidRDefault="00127406" w:rsidP="00127406">
+          <w:pPr>
+            <w:pStyle w:val="FE981E3F851D46DD8D1FC5DF680420EF2"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve">Cliquez ou </w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+              <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            </w:rPr>
+            <w:t>appuyez</w:t>
+          </w:r>
+          <w:r w:rsidRPr="00AF2CA0">
+            <w:rPr>
+              <w:rStyle w:val="Textedelespacerserv"/>
+            </w:rPr>
+            <w:t xml:space="preserve"> ici pour entrer du texte.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A0002AEF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D35ADC"/>
+    <w:rsid w:val="00127406"/>
     <w:rsid w:val="001A31B3"/>
     <w:rsid w:val="00467542"/>
     <w:rsid w:val="00820173"/>
+    <w:rsid w:val="00980F81"/>
     <w:rsid w:val="00D35ADC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
@@ -7612,51 +7988,51 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Aucuneliste">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="Textedelespacerserv">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="001A31B3"/>
+    <w:rsid w:val="00127406"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="EE3F2392C65C4704BDC77142E105AE45">
     <w:name w:val="EE3F2392C65C4704BDC77142E105AE45"/>
     <w:rsid w:val="00D35ADC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C24">
     <w:name w:val="3CBF15CFF1834A37B20B59F079491C24"/>
     <w:rsid w:val="00D35ADC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A75">
     <w:name w:val="FB61A4450F2D454B9D083E52AD750A75"/>
     <w:rsid w:val="00D35ADC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="C70FC056E7404882A4DC076A554DBC4E">
     <w:name w:val="C70FC056E7404882A4DC076A554DBC4E"/>
     <w:rsid w:val="00D35ADC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB">
     <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB"/>
     <w:rsid w:val="00D35ADC"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="60870A8777F84813B578682DF79007E6">
@@ -8120,50 +8496,674 @@
     <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC11">
     <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC11"/>
     <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D1">
     <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D1"/>
     <w:rsid w:val="001A31B3"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1822">
     <w:name w:val="679140B1422D4BFCB1E35E8322E8F1822"/>
     <w:rsid w:val="001A31B3"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB3">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB3"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C243">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C243"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A753">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A753"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63AB0E4424C94E55B8B7CA76E7764FE22">
+    <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE22"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0550C1509BF94ECD98B48A6ECAE63F8E2">
+    <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E2"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE981E3F851D46DD8D1FC5DF680420EF">
+    <w:name w:val="FE981E3F851D46DD8D1FC5DF680420EF"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEF4490F9DB48AFBCD9FC4F1AD749C22">
+    <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C22"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBBA97C9A5C4E1AB20B9F971FFE6E5D2">
+    <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D2"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308498223A5745BAB14B2563B6BDE60E2">
+    <w:name w:val="308498223A5745BAB14B2563B6BDE60E2"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4E471DD4684D26A5EB128C79A71CE82">
+    <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE82"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0732C1C066349EEB8F2B7ED32E303D22">
+    <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D22"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C3">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C3"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AE78749C8B84B93843F10211FEBF5132">
+    <w:name w:val="5AE78749C8B84B93843F10211FEBF5132"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E3323FFC25F496582CAFD646B2EDB042">
+    <w:name w:val="7E3323FFC25F496582CAFD646B2EDB042"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8722FBE31E364AA3B599CAC5011E21D02">
+    <w:name w:val="8722FBE31E364AA3B599CAC5011E21D02"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A30465177244D06A3135FB02CDC6ACE2">
+    <w:name w:val="5A30465177244D06A3135FB02CDC6ACE2"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1EB198C63714E18B9BF8F252EF5B67A2">
+    <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A2"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CAFAFAA034041BC8B8728CA680F51A02">
+    <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A02"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2E703400F45AFAF46AA08523B60D62">
+    <w:name w:val="9DE2E703400F45AFAF46AA08523B60D62"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC12">
+    <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC12"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D2">
+    <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D2"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1823">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F1823"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB4">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB4"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C244">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C244"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A754">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A754"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63AB0E4424C94E55B8B7CA76E7764FE23">
+    <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE23"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0550C1509BF94ECD98B48A6ECAE63F8E3">
+    <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E3"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE981E3F851D46DD8D1FC5DF680420EF1">
+    <w:name w:val="FE981E3F851D46DD8D1FC5DF680420EF1"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEF4490F9DB48AFBCD9FC4F1AD749C23">
+    <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C23"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBBA97C9A5C4E1AB20B9F971FFE6E5D3">
+    <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D3"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308498223A5745BAB14B2563B6BDE60E3">
+    <w:name w:val="308498223A5745BAB14B2563B6BDE60E3"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4E471DD4684D26A5EB128C79A71CE83">
+    <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE83"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0732C1C066349EEB8F2B7ED32E303D23">
+    <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D23"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C4">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C4"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AE78749C8B84B93843F10211FEBF5133">
+    <w:name w:val="5AE78749C8B84B93843F10211FEBF5133"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E3323FFC25F496582CAFD646B2EDB043">
+    <w:name w:val="7E3323FFC25F496582CAFD646B2EDB043"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8722FBE31E364AA3B599CAC5011E21D03">
+    <w:name w:val="8722FBE31E364AA3B599CAC5011E21D03"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A30465177244D06A3135FB02CDC6ACE3">
+    <w:name w:val="5A30465177244D06A3135FB02CDC6ACE3"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1EB198C63714E18B9BF8F252EF5B67A3">
+    <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A3"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CAFAFAA034041BC8B8728CA680F51A03">
+    <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A03"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2E703400F45AFAF46AA08523B60D63">
+    <w:name w:val="9DE2E703400F45AFAF46AA08523B60D63"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC13">
+    <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC13"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D3">
+    <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D3"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1824">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F1824"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="165FFF88CF014A6BA406A7E1BC0D2BEB5">
+    <w:name w:val="165FFF88CF014A6BA406A7E1BC0D2BEB5"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="3CBF15CFF1834A37B20B59F079491C245">
+    <w:name w:val="3CBF15CFF1834A37B20B59F079491C245"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FB61A4450F2D454B9D083E52AD750A755">
+    <w:name w:val="FB61A4450F2D454B9D083E52AD750A755"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="63AB0E4424C94E55B8B7CA76E7764FE24">
+    <w:name w:val="63AB0E4424C94E55B8B7CA76E7764FE24"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0550C1509BF94ECD98B48A6ECAE63F8E4">
+    <w:name w:val="0550C1509BF94ECD98B48A6ECAE63F8E4"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FE981E3F851D46DD8D1FC5DF680420EF2">
+    <w:name w:val="FE981E3F851D46DD8D1FC5DF680420EF2"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABEF4490F9DB48AFBCD9FC4F1AD749C24">
+    <w:name w:val="ABEF4490F9DB48AFBCD9FC4F1AD749C24"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="ABBBA97C9A5C4E1AB20B9F971FFE6E5D4">
+    <w:name w:val="ABBBA97C9A5C4E1AB20B9F971FFE6E5D4"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="308498223A5745BAB14B2563B6BDE60E4">
+    <w:name w:val="308498223A5745BAB14B2563B6BDE60E4"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="1E4E471DD4684D26A5EB128C79A71CE84">
+    <w:name w:val="1E4E471DD4684D26A5EB128C79A71CE84"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="E0732C1C066349EEB8F2B7ED32E303D24">
+    <w:name w:val="E0732C1C066349EEB8F2B7ED32E303D24"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="0BD8F465EE6B4B27A7E5C95C2062913C5">
+    <w:name w:val="0BD8F465EE6B4B27A7E5C95C2062913C5"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5AE78749C8B84B93843F10211FEBF5134">
+    <w:name w:val="5AE78749C8B84B93843F10211FEBF5134"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7E3323FFC25F496582CAFD646B2EDB044">
+    <w:name w:val="7E3323FFC25F496582CAFD646B2EDB044"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="8722FBE31E364AA3B599CAC5011E21D04">
+    <w:name w:val="8722FBE31E364AA3B599CAC5011E21D04"/>
+    <w:rsid w:val="00127406"/>
+    <w:pPr>
+      <w:ind w:left="720"/>
+      <w:contextualSpacing/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="5A30465177244D06A3135FB02CDC6ACE4">
+    <w:name w:val="5A30465177244D06A3135FB02CDC6ACE4"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="F1EB198C63714E18B9BF8F252EF5B67A4">
+    <w:name w:val="F1EB198C63714E18B9BF8F252EF5B67A4"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="7CAFAFAA034041BC8B8728CA680F51A04">
+    <w:name w:val="7CAFAFAA034041BC8B8728CA680F51A04"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="9DE2E703400F45AFAF46AA08523B60D64">
+    <w:name w:val="9DE2E703400F45AFAF46AA08523B60D64"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="D5B0CA12052B47A89C95FC91257A5AC14">
+    <w:name w:val="D5B0CA12052B47A89C95FC91257A5AC14"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="AF5F13F01FCA407F98A965812BD54C1D4">
+    <w:name w:val="AF5F13F01FCA407F98A965812BD54C1D4"/>
+    <w:rsid w:val="00127406"/>
+    <w:rPr>
+      <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+      <w:lang w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="679140B1422D4BFCB1E35E8322E8F1825">
+    <w:name w:val="679140B1422D4BFCB1E35E8322E8F1825"/>
+    <w:rsid w:val="00127406"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
       <w:lang w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
@@ -8439,82 +9439,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F1D0309E-A08F-43E2-B18B-2D2DFD1BFCC5}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6279D53B-ADB8-4A0F-99E7-5BA8FE5C4AE6}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>5</Pages>
-  <Words>899</Words>
-  <Characters>4950</Characters>
+  <Words>936</Words>
+  <Characters>5152</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>41</Lines>
-  <Paragraphs>11</Paragraphs>
+  <Lines>42</Lines>
+  <Paragraphs>12</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5838</CharactersWithSpaces>
+  <CharactersWithSpaces>6076</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Jordan LEVIF</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>