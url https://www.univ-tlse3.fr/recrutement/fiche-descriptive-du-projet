--- v0 (2025-10-19)
+++ v1 (2025-12-24)
@@ -1,153 +1,158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
-  <Override PartName="/word/stylesWithEffects.xml" ContentType="application/vnd.ms-word.stylesWithEffects+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:body>
-    <w:p w:rsidR="00EC79A5" w:rsidRDefault="00F271AA" w:rsidP="00EC79A5">
+    <w:p w:rsidR="00EC79A5" w:rsidRDefault="003631E4" w:rsidP="00EC79A5">
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251685888" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
-              <wp:posOffset>4251960</wp:posOffset>
+              <wp:posOffset>4004310</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
-              <wp:posOffset>39370</wp:posOffset>
+              <wp:posOffset>10795</wp:posOffset>
             </wp:positionV>
-            <wp:extent cx="2336373" cy="863600"/>
-            <wp:effectExtent l="0" t="0" r="6985" b="0"/>
+            <wp:extent cx="2550160" cy="819150"/>
+            <wp:effectExtent l="0" t="0" r="2540" b="0"/>
             <wp:wrapNone/>
-            <wp:docPr id="8" name="Image 8"/>
+            <wp:docPr id="1" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
-                    <pic:cNvPr id="0" name="marquage_UT.jpg"/>
-                    <pic:cNvPicPr/>
+                    <pic:cNvPr id="0" name="Picture 1"/>
+                    <pic:cNvPicPr>
+                      <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                    </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7" cstate="print">
+                    <a:blip r:embed="rId6" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
+                    <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
-                  <pic:spPr>
+                  <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
-                      <a:ext cx="2336373" cy="863600"/>
+                      <a:ext cx="2550160" cy="819150"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
+                    <a:noFill/>
+                    <a:ln>
+                      <a:noFill/>
+                    </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
             <wp14:sizeRelH relativeFrom="page">
               <wp14:pctWidth>0</wp14:pctWidth>
             </wp14:sizeRelH>
             <wp14:sizeRelV relativeFrom="page">
               <wp14:pctHeight>0</wp14:pctHeight>
             </wp14:sizeRelV>
           </wp:anchor>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00EC79A5" w:rsidRPr="009F204E">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251684864" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4F07E325" wp14:editId="7CA1D861">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-86774</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>255850</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="153670" cy="38100"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="2" name="Image 2"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Image 2"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8" cstate="print">
+                    <a:blip r:embed="rId7" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="153670" cy="38100"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
@@ -237,107 +242,117 @@
       </w:pPr>
       <w:r w:rsidRPr="00EC79A5">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Direction de la gestion des personnels - Pôle gestion des contractuels</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="007D0FB0" w:rsidRPr="00EC79A5" w:rsidRDefault="007D0FB0" w:rsidP="00EC79A5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="-108"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:sz w:val="16"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w:rsidR="009B2B47" w:rsidRDefault="00741F77" w:rsidP="009B2B47">
+    <w:p w:rsidR="003631E4" w:rsidRDefault="003631E4" w:rsidP="009B2B47">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w:rsidR="009B2B47" w:rsidRDefault="00741F77" w:rsidP="009B2B47">
+      <w:pPr>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>DESC</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C97D05">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>RI</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t>DESC</w:t>
+      </w:r>
+      <w:r w:rsidR="00C97D05">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
+        <w:t>RI</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
         <w:t xml:space="preserve">PTIF DU PROJET </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="009B2B47" w:rsidRDefault="006F3F16" w:rsidP="009B2B47">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Entre le service/laboratoire recruteur :</w:t>
       </w:r>
       <w:r w:rsidR="009B2B47">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                       </w:t>
       </w:r>
-      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
     <w:p w:rsidR="006F3F16" w:rsidRPr="009B2B47" w:rsidRDefault="006F3F16" w:rsidP="009B2B47">
       <w:pPr>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Et l’agent contractuel Mr / Mme </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F3F16" w:rsidRDefault="00573CCE" w:rsidP="00CC4B5C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
@@ -392,51 +407,51 @@
                           <a:tailEnd/>
                         </a:ln>
                       </wps:spPr>
                       <wps:txbx>
                         <w:txbxContent>
                           <w:p w:rsidR="00564FF6" w:rsidRDefault="00564FF6"/>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:shapetype w14:anchorId="6022925D" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
                 <v:stroke joinstyle="miter"/>
                 <v:path gradientshapeok="t" o:connecttype="rect"/>
               </v:shapetype>
               <v:shape id="Zone de texte 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:110pt;margin-top:8.45pt;width:390.6pt;height:49.4pt;z-index:251671552;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCWT7wXKQIAAEsEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfadJuP6Omq6VLEdLy&#10;IS1cuDmO01jYHmO7TcqvZ+x0S7XABZGD5fGMn2fem8n6tteKHIXzEkxJx6OcEmE41NLsS/rl8+7V&#10;khIfmKmZAiNKehKe3m5evlh3thATaEHVwhEEMb7obEnbEGyRZZ63QjM/AisMOhtwmgU03T6rHesQ&#10;XatskufzrANXWwdceI+n94OTbhJ+0wgePjaNF4GokmJuIa0urVVcs82aFXvHbCv5OQ32D1loJg0+&#10;eoG6Z4GRg5O/QWnJHXhowoiDzqBpJBepBqxmnD+r5rFlVqRakBxvLzT5/wfLPxw/OSLrkt7kC0oM&#10;0yjSV5SK1IIE0QdBJpGkzvoCYx8tRof+NfQodirY2wfg3zwxsG2Z2Ys756BrBasxyXG8mV1dHXB8&#10;BKm691DjW+wQIAH1jdORQeSEIDqKdboIhHkQjofT1TyfT9DF0TefLG6WScGMFU+3rfPhrQBN4qak&#10;DhsgobPjgw8xG1Y8hcTHPChZ76RSyXD7aqscOTJsll36UgHPwpQhXUlXs8lsIOCvEHn6/gShZcCu&#10;V1KXdHkJYkWk7Y2pU08GJtWwx5SVOfMYqRtIDH3Vn3WpoD4how6G7sZpxE0L7gclHXZ2Sf33A3OC&#10;EvXOoCqr8XQaRyEZ09ki8umuPdW1hxmOUCUNlAzbbUjjEwkzcIfqNTIRG2UeMjnnih2b+D5PVxyJ&#10;aztF/foHbH4CAAD//wMAUEsDBBQABgAIAAAAIQCcPCLE3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/BTsMwDIbvSLxDZCQuiCUt0G2l6YSQQHCDbYJr1mRtReKUJOvK2+Od4Gbr//X5c7WanGWj&#10;CbH3KCGbCWAGG697bCVsN0/XC2AxKdTKejQSfkyEVX1+VqlS+yO+m3GdWkYQjKWS0KU0lJzHpjNO&#10;xZkfDFK298GpRGtouQ7qSHBneS5EwZ3qkS50ajCPnWm+1gcnYXH7Mn7G15u3j6bY22W6mo/P30HK&#10;y4vp4R5YMlP6K8NJn9ShJqedP6COzErICU9VCoolsFNBiCwHtqMpu5sDryv+/4f6FwAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhAJZPvBcpAgAASwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAJw8IsTfAAAACwEAAA8AAAAAAAAAAAAAAAAAgwQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAACPBQAAAAA=&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00564FF6" w:rsidRDefault="00564FF6"/>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004E71CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wps">
             <w:drawing>
               <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="28121F03" wp14:editId="5A3C8E0E">
@@ -509,85 +524,83 @@
                               <w:t>du projet</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t15" coordsize="21600,21600" o:spt="15" adj="16200" path="m@0,l,,,21600@0,21600,21600,10800xe">
+              <v:shapetype w14:anchorId="28121F03" id="_x0000_t15" coordsize="21600,21600" o:spt="15" adj="16200" path="m@0,l,,,21600@0,21600,21600,10800xe">
                 <v:stroke joinstyle="miter"/>
                 <v:formulas>
                   <v:f eqn="val #0"/>
                   <v:f eqn="prod #0 1 2"/>
                 </v:formulas>
                 <v:path gradientshapeok="t" o:connecttype="custom" o:connectlocs="@1,0;0,10800;@1,21600;21600,10800" o:connectangles="270,180,90,0" textboxrect="0,0,10800,21600;0,0,16200,21600;0,0,21600,21600"/>
                 <v:handles>
                   <v:h position="#0,topLeft" xrange="0,21600"/>
                 </v:handles>
               </v:shapetype>
               <v:shape id="Pentagone 4" o:spid="_x0000_s1027" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-33.95pt;margin-top:7.85pt;width:138.95pt;height:50.05pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAF/28WgwIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVF9v2yAQf5+074B4X21nbtpFdaqoVadJ&#10;VRetnfpMMCTegGNAYqeffgd2nHbL0zTJwnfc3e/+c3XdaUV2wvkGTEWLs5wSYTjUjVlX9PvT3YdL&#10;SnxgpmYKjKjoXnh6PX//7qq1MzGBDahaOIIgxs9aW9FNCHaWZZ5vhGb+DKwwKJTgNAvIunVWO9Yi&#10;ulbZJM+nWQuutg648B5vb3shnSd8KQUPX6X0IhBVUYwtpNOlcxXPbH7FZmvH7KbhQxjsH6LQrDHo&#10;dIS6ZYGRrWv+gtINd+BBhjMOOgMpGy5SDphNkf+RzeOGWZFyweJ4O5bJ/z9Y/rBbOtLUFS0pMUxj&#10;i5bCBLbGbpEylqe1foZaj3bpBs4jGXPtpNPxj1mQLpV0P5ZUdIFwvCwupmVZTCnhKJt+PMcvgmZH&#10;a+t8+CxAk0hgYqDFUrEQ82Yztrv3IdW1HqJj9Q9KpFbYpR1TpMjz/PJigBy0EfwAip5i/H3EiQp7&#10;JSKgMt+ExMQxxklylUZO3ChHELeijHOsQzEgJ+1oJhulRsPilKEajQbdaCbSKI6G+SnDtx5Hi+QV&#10;TBiNdWPAnQKofx7Clb3+Ifs+55h+6FZd6nbSjDcrqPc4AQ761fCW3zXYiHvmw5I5rDJuDe53+IqH&#10;VNBWFAaKkg24l1P3UT920r1Q0uJuVdT/2jInKFFfDA7vp6Is4zImpjy/mCDjXktWryVmq28AO1Lg&#10;S2J5IqN+UAdSOtDP+AwsolcUMcPRd0V5cAfmJvQ7jw8JF4tFUsMFtCzcm0fLI3iscxybp+6ZOTtM&#10;Y8A5foDDHg7z2M/vUTdaGlhsA8gmROGxrgODy4vUm9fhNZ+0js/h/DcAAAD//wMAUEsDBBQABgAI&#10;AAAAIQDJM+Cn3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUhcUOukon9p&#10;nAohgRCHihakXl17SSLsdRS7aXh7lhMcd+bT7Ey5Hb0TA/axDaQgn2YgkEywLdUKPt6fJisQMWmy&#10;2gVCBd8YYVtdX5W6sOFCexwOqRYcQrHQCpqUukLKaBr0Ok5Dh8TeZ+i9Tnz2tbS9vnC4d3KWZQvp&#10;dUv8odEdPjZovg5nr8A08fmecHf3FgbT7V+dPb6YtVK3N+PDBkTCMf3B8Fufq0PFnU7hTDYKp2Cy&#10;WK4ZZWO+BMHALM943ImFfL4CWZXy/4TqBwAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEB&#10;AAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9&#10;If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAX/&#10;bxaDAgAAVgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAh&#10;AMkz4KffAAAACgEAAA8AAAAAAAAAAAAAAAAA3QQAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAE&#10;APMAAADpBQAAAAA=&#10;" adj="13812" fillcolor="white [3201]" strokecolor="#4f81bd [3204]" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00CC4B5C" w:rsidRPr="00CC4B5C" w:rsidRDefault="00741F77" w:rsidP="00CC4B5C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">Acronyme ou </w:t>
                       </w:r>
                       <w:r w:rsidR="00A84CA7">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t xml:space="preserve">intitulé </w:t>
                       </w:r>
-                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-                      <w:bookmarkEnd w:id="1"/>
                       <w:r w:rsidR="00CC4B5C" w:rsidRPr="00CC4B5C">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>du projet</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00CC4B5C" w:rsidRPr="004E71CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00CC4B5C" w:rsidRPr="004E71CD">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -679,51 +692,51 @@
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:109.9pt;margin-top:18.6pt;width:390.6pt;height:84.45pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO5SPhKgIAAFEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcGztukt1YcVbbbFNV&#10;2n5I2156wxjHqMBQILGzv74Dzqbp16WqDwiY4c3MezNe3QxakYNwXoKp6HSSUyIMh0aaXUU/f9q+&#10;uKbEB2YapsCIih6Fpzfr589WvS1FAR2oRjiCIMaXva1oF4Its8zzTmjmJ2CFQWMLTrOAR7fLGsd6&#10;RNcqK/J8kfXgGuuAC+/x9m400nXCb1vBw4e29SIQVVHMLaTVpbWOa7ZesXLnmO0kP6XB/iELzaTB&#10;oGeoOxYY2Tv5G5SW3IGHNkw46AzaVnKRasBqpvkv1Tx0zIpUC5Lj7Zkm//9g+fvDR0dkU9GXlBim&#10;UaIvKBRpBAliCIIUkaLe+hI9Hyz6huEVDCh1Ktfbe+BfPTGw6ZjZiVvnoO8EazDFaXyZXTwdcXwE&#10;qft30GAstg+QgIbW6cgfMkIQHaU6nuXBPAjHy9lykS8KNHG0TfOrYj6dpxisfHpunQ9vBGgSNxV1&#10;qH+CZ4d7H2I6rHxyidE8KNlspVLp4Hb1RjlyYNgr2/Sd0H9yU4b0FV3Oi/nIwF8h8vT9CULLgE2v&#10;pK7o9dmJlZG316ZJLRmYVOMeU1bmRGTkbmQxDPWQZDvrU0NzRGYdjD2OM4mbDtwjJT32d0X9tz1z&#10;ghL11qA6y+lsFgciHWbzq8iru7TUlxZmOEJVNFAybjchDVHkzcAtqtjKxG+Ue8zklDL2baL9NGNx&#10;MC7PyevHn2D9HQAA//8DAFBLAwQUAAYACAAAACEAh8RJ+OAAAAALAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXBC1k6K0DXEqhASCGxTUXt14m0TY62C7afh73BMcRzOaeVOtJ2vY&#10;iD70jiRkMwEMqXG6p1bC58fT7RJYiIq0Mo5Qwg8GWNeXF5UqtTvRO46b2LJUQqFUEroYh5Lz0HRo&#10;VZi5ASl5B+etikn6lmuvTqncGp4LUXCrekoLnRrwscPma3O0EpZ3L+MuvM7ftk1xMKt4sxifv72U&#10;11fTwz2wiFP8C8MZP6FDnZj27kg6MCMhz1YJPUqYL3Jg54AQWXq3T5YoMuB1xf9/qH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEADuUj4SoCAABRBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh8RJ+OAAAAALAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;">
+              <v:shape w14:anchorId="410D5AAA" id="_x0000_s1028" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:109.9pt;margin-top:18.6pt;width:390.6pt;height:84.45pt;z-index:251673600;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAO5SPhKgIAAFEEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P2yAQvVfqf0DcGztukt1YcVbbbFNV&#10;2n5I2156wxjHqMBQILGzv74Dzqbp16WqDwiY4c3MezNe3QxakYNwXoKp6HSSUyIMh0aaXUU/f9q+&#10;uKbEB2YapsCIih6Fpzfr589WvS1FAR2oRjiCIMaXva1oF4Its8zzTmjmJ2CFQWMLTrOAR7fLGsd6&#10;RNcqK/J8kfXgGuuAC+/x9m400nXCb1vBw4e29SIQVVHMLaTVpbWOa7ZesXLnmO0kP6XB/iELzaTB&#10;oGeoOxYY2Tv5G5SW3IGHNkw46AzaVnKRasBqpvkv1Tx0zIpUC5Lj7Zkm//9g+fvDR0dkU9GXlBim&#10;UaIvKBRpBAliCIIUkaLe+hI9Hyz6huEVDCh1Ktfbe+BfPTGw6ZjZiVvnoO8EazDFaXyZXTwdcXwE&#10;qft30GAstg+QgIbW6cgfMkIQHaU6nuXBPAjHy9lykS8KNHG0TfOrYj6dpxisfHpunQ9vBGgSNxV1&#10;qH+CZ4d7H2I6rHxyidE8KNlspVLp4Hb1RjlyYNgr2/Sd0H9yU4b0FV3Oi/nIwF8h8vT9CULLgE2v&#10;pK7o9dmJlZG316ZJLRmYVOMeU1bmRGTkbmQxDPWQZDvrU0NzRGYdjD2OM4mbDtwjJT32d0X9tz1z&#10;ghL11qA6y+lsFgciHWbzq8iru7TUlxZmOEJVNFAybjchDVHkzcAtqtjKxG+Ue8zklDL2baL9NGNx&#10;MC7PyevHn2D9HQAA//8DAFBLAwQUAAYACAAAACEAh8RJ+OAAAAALAQAADwAAAGRycy9kb3ducmV2&#10;LnhtbEyPwU7DMBBE70j8g7VIXBC1k6K0DXEqhASCGxTUXt14m0TY62C7afh73BMcRzOaeVOtJ2vY&#10;iD70jiRkMwEMqXG6p1bC58fT7RJYiIq0Mo5Qwg8GWNeXF5UqtTvRO46b2LJUQqFUEroYh5Lz0HRo&#10;VZi5ASl5B+etikn6lmuvTqncGp4LUXCrekoLnRrwscPma3O0EpZ3L+MuvM7ftk1xMKt4sxifv72U&#10;11fTwz2wiFP8C8MZP6FDnZj27kg6MCMhz1YJPUqYL3Jg54AQWXq3T5YoMuB1xf9/qH8BAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEADuUj4SoCAABRBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAh8RJ+OAAAAALAQAADwAAAAAAAAAAAAAAAACEBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="008C7778" w:rsidRPr="00F445E0" w:rsidRDefault="008C7778" w:rsidP="008C7778">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004E71CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -789,62 +802,51 @@
                               <w:t>Description du projet</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t15" coordsize="21600,21600" o:spt="15" adj="16200" path="m@0,l,,,21600@0,21600,21600,10800xe">
-[...10 lines deleted...]
-              <v:shape id="Pentagone 5" o:spid="_x0000_s1029" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-34pt;margin-top:18.6pt;width:138.95pt;height:83.85pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoIOGjhQIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nSdoGdYqgRYcB&#10;RRssHXpWZCnxpq9JTOz015eSHafdchp2sUmRfOSjSF3fNFqRnfChsqag+dmAEmG4LSuzLuiP5/sv&#10;l5QEYKZkyhpR0L0I9Gb2+dN17aZiaDdWlcITBDFhWruCbgDcNMsC3wjNwpl1wqBRWq8ZoOrXWelZ&#10;jehaZcPBYJLV1pfOWy5CwNO71khnCV9KweFJyiCAqIJibZC+Pn1X8ZvNrtl07ZnbVLwrg/1DFZpV&#10;BpP2UHcMGNn66i8oXXFvg5Vwxq3OrJQVF4kDsskHf7BZbpgTiQs2J7i+TeH/wfLH3cKTqizomBLD&#10;NF7RQhhga7wtMo7tqV2YotfSLXynBRQj10Z6Hf/IgjSppfu+paIBwvEwv5iMJhPE5mjLB5PR5VVC&#10;zY7hzgf4KqwmUUBmVouFYhCJsynbPQRIjS278lj5kxKpFV7TjilyfjXO81gnInbOKB0w8TjW31ac&#10;JNgrEfGU+S4kEscahylTGjlxqzxB2IIyzrEP5x1y8o5hslKqD8xPBSo4lNP5xjCRRrEPHJwK/Jix&#10;j0hZrYE+WFfG+lMA5a8+c+t/YN9yjvShWTXpthOxeLKy5R4nwNt2NYLj9xXewwMLsGAem4xbg/sN&#10;T/iRytYFtZ1Eycb611Pn0T9epH+lpMbdKmj4vWVeUKK+GRzeq3w0isuYlNH4YoiKf29ZvbeYrb61&#10;eCM5viSOJzH6gzqI0lv9gs/APGZFEzMccxeUgz8ot9DuPD4kXMznyQ0X0DF4MEvHI3jscxyb5+aF&#10;edcNI+AcP9rDHnYT1g7b0TdGGjvfgpUVROOxr52Cy4vSh9fhvZ68js/h7A0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAIBYRh/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah1CV&#10;Jo1TBSRy4ACi9AO28RKnxOsQu234e9wT3GY1o9k3xWayvTjR6DvHCu7mCQjixumOWwW7j+fZCoQP&#10;yBp7x6TghzxsyuurAnPtzvxOp21oRSxhn6MCE8KQS+kbQxb93A3E0ft0o8UQz7GVesRzLLe9TJNk&#10;KS12HD8YHOjJUPO1PVoF1FSLV/w2w+FQo30xj/VbW9VK3d5M1RpEoCn8heGCH9GhjEx7d2TtRa9g&#10;tlzFLUHB/UMKIgbSJMtA7C9ikYEsC/l/QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;KCDho4UCAABWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAgFhGH98AAAAKAQAADwAAAAAAAAAAAAAAAADfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" adj="16450" fillcolor="white [3201]" strokecolor="#9bbb59 [3206]" strokeweight="2pt">
+              <v:shape w14:anchorId="06AF0659" id="Pentagone 5" o:spid="_x0000_s1029" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-34pt;margin-top:18.6pt;width:138.95pt;height:83.85pt;z-index:251661312;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAoIOGjhQIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVE1v2zAMvQ/YfxB0Xx2nSdoGdYqgRYcB&#10;RRssHXpWZCnxpq9JTOz015eSHafdchp2sUmRfOSjSF3fNFqRnfChsqag+dmAEmG4LSuzLuiP5/sv&#10;l5QEYKZkyhpR0L0I9Gb2+dN17aZiaDdWlcITBDFhWruCbgDcNMsC3wjNwpl1wqBRWq8ZoOrXWelZ&#10;jehaZcPBYJLV1pfOWy5CwNO71khnCV9KweFJyiCAqIJibZC+Pn1X8ZvNrtl07ZnbVLwrg/1DFZpV&#10;BpP2UHcMGNn66i8oXXFvg5Vwxq3OrJQVF4kDsskHf7BZbpgTiQs2J7i+TeH/wfLH3cKTqizomBLD&#10;NF7RQhhga7wtMo7tqV2YotfSLXynBRQj10Z6Hf/IgjSppfu+paIBwvEwv5iMJhPE5mjLB5PR5VVC&#10;zY7hzgf4KqwmUUBmVouFYhCJsynbPQRIjS278lj5kxKpFV7TjilyfjXO81gnInbOKB0w8TjW31ac&#10;JNgrEfGU+S4kEscahylTGjlxqzxB2IIyzrEP5x1y8o5hslKqD8xPBSo4lNP5xjCRRrEPHJwK/Jix&#10;j0hZrYE+WFfG+lMA5a8+c+t/YN9yjvShWTXpthOxeLKy5R4nwNt2NYLj9xXewwMLsGAem4xbg/sN&#10;T/iRytYFtZ1Eycb611Pn0T9epH+lpMbdKmj4vWVeUKK+GRzeq3w0isuYlNH4YoiKf29ZvbeYrb61&#10;eCM5viSOJzH6gzqI0lv9gs/APGZFEzMccxeUgz8ot9DuPD4kXMznyQ0X0DF4MEvHI3jscxyb5+aF&#10;edcNI+AcP9rDHnYT1g7b0TdGGjvfgpUVROOxr52Cy4vSh9fhvZ68js/h7A0AAP//AwBQSwMEFAAG&#10;AAgAAAAhAIBYRh/fAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNxah1CV&#10;Jo1TBSRy4ACi9AO28RKnxOsQu234e9wT3GY1o9k3xWayvTjR6DvHCu7mCQjixumOWwW7j+fZCoQP&#10;yBp7x6TghzxsyuurAnPtzvxOp21oRSxhn6MCE8KQS+kbQxb93A3E0ft0o8UQz7GVesRzLLe9TJNk&#10;KS12HD8YHOjJUPO1PVoF1FSLV/w2w+FQo30xj/VbW9VK3d5M1RpEoCn8heGCH9GhjEx7d2TtRa9g&#10;tlzFLUHB/UMKIgbSJMtA7C9ikYEsC/l/QvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;KCDho4UCAABWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEAgFhGH98AAAAKAQAADwAAAAAAAAAAAAAAAADfBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAOsFAAAAAA==&#10;" adj="16450" fillcolor="white [3201]" strokecolor="#9bbb59 [3206]" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00CC4B5C" w:rsidRPr="00741F77" w:rsidRDefault="00741F77" w:rsidP="006F3F16">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00741F77">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Description du projet</w:t>
                       </w:r>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00564FF6">
@@ -1004,51 +1006,51 @@
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:110pt;margin-top:20.15pt;width:390.6pt;height:99.5pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsxYpcKwIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfadLQlm3UdLV0KUJa&#10;PqSFCzfHdhoL2xNst0n59YydtlQLXBA5WLZn/PzmvXFWt4PR5CCdV2ArOp3klEjLQSi7q+iXz9sX&#10;N5T4wKxgGqys6FF6ert+/mzVd6UsoAUtpCMIYn3ZdxVtQ+jKLPO8lYb5CXTSYrABZ1jApdtlwrEe&#10;0Y3OijxfZD040Tng0nvcvR+DdJ3wm0by8LFpvAxEVxS5hTS6NNZxzNYrVu4c61rFTzTYP7AwTFm8&#10;9AJ1zwIje6d+gzKKO/DQhAkHk0HTKC5TDVjNNH9SzWPLOplqQXF8d5HJ/z9Y/uHwyREl0DuUxzKD&#10;Hn1Fp4iQJMghSFJEjfrOl5j62GFyGF7DgPmpXt89AP/miYVNy+xO3jkHfSuZQI7TeDK7Ojri+AhS&#10;9+9B4F1sHyABDY0zUUCUhCA6kjle/EEehOPmbLnIFwWGOMamxeLlYp4czFh5Pt45H95KMCROKuqw&#10;ARI8Ozz4EOmw8pwSb/OgldgqrdPC7eqNduTAsFm26UsVPEnTlvQVXc6L+ajAXyHy9P0JwqiAXa+V&#10;qejNJYmVUbc3VqSeDEzpcY6UtT0JGbUbVQxDPSTfZmd/ahBHVNbB2OT4KHHSgvtBSY8NXlH/fc+c&#10;pES/s+jOcjqbxReRFrP5q6iru47U1xFmOUJVNFAyTjchvaKom4U7dLFRSd9o98jkRBkbN8l+emTx&#10;ZVyvU9avX8H6JwAAAP//AwBQSwMEFAAGAAgAAAAhAJRJQ1ffAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SFwQtZtUpQ1xKoQEghsUBFc32SYR9jrYbhr+nu0JjqsZvXlbbiZn&#10;xYgh9p40zGcKBFLtm55aDe9vD9crEDEZaoz1hBp+MMKmOj8rTdH4I73iuE2tYAjFwmjoUhoKKWPd&#10;oTNx5gckzvY+OJP4DK1sgjky3FmZKbWUzvTEC50Z8L7D+mt7cBpWi6fxMz7nLx/1cm/X6epmfPwO&#10;Wl9eTHe3IBJO6a8MJ31Wh4qddv5ATRRWQ8Z4rmpYqBzEqaDUPAOx4yhf5yCrUv7/ofoFAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA7MWKXCsCAABSBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlElDV98AAAALAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;">
+              <v:shape w14:anchorId="6D79BC79" id="_x0000_s1030" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:110pt;margin-top:20.15pt;width:390.6pt;height:99.5pt;z-index:251675648;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDsxYpcKwIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVE2P0zAQvSPxHyzfadLQlm3UdLV0KUJa&#10;PqSFCzfHdhoL2xNst0n59YydtlQLXBA5WLZn/PzmvXFWt4PR5CCdV2ArOp3klEjLQSi7q+iXz9sX&#10;N5T4wKxgGqys6FF6ert+/mzVd6UsoAUtpCMIYn3ZdxVtQ+jKLPO8lYb5CXTSYrABZ1jApdtlwrEe&#10;0Y3OijxfZD040Tng0nvcvR+DdJ3wm0by8LFpvAxEVxS5hTS6NNZxzNYrVu4c61rFTzTYP7AwTFm8&#10;9AJ1zwIje6d+gzKKO/DQhAkHk0HTKC5TDVjNNH9SzWPLOplqQXF8d5HJ/z9Y/uHwyREl0DuUxzKD&#10;Hn1Fp4iQJMghSFJEjfrOl5j62GFyGF7DgPmpXt89AP/miYVNy+xO3jkHfSuZQI7TeDK7Ojri+AhS&#10;9+9B4F1sHyABDY0zUUCUhCA6kjle/EEehOPmbLnIFwWGOMamxeLlYp4czFh5Pt45H95KMCROKuqw&#10;ARI8Ozz4EOmw8pwSb/OgldgqrdPC7eqNduTAsFm26UsVPEnTlvQVXc6L+ajAXyHy9P0JwqiAXa+V&#10;qejNJYmVUbc3VqSeDEzpcY6UtT0JGbUbVQxDPSTfZmd/ahBHVNbB2OT4KHHSgvtBSY8NXlH/fc+c&#10;pES/s+jOcjqbxReRFrP5q6iru47U1xFmOUJVNFAyTjchvaKom4U7dLFRSd9o98jkRBkbN8l+emTx&#10;ZVyvU9avX8H6JwAAAP//AwBQSwMEFAAGAAgAAAAhAJRJQ1ffAAAACwEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8FOwzAQRO9I/IO1SFwQtZtUpQ1xKoQEghsUBFc32SYR9jrYbhr+nu0JjqsZvXlbbiZn&#10;xYgh9p40zGcKBFLtm55aDe9vD9crEDEZaoz1hBp+MMKmOj8rTdH4I73iuE2tYAjFwmjoUhoKKWPd&#10;oTNx5gckzvY+OJP4DK1sgjky3FmZKbWUzvTEC50Z8L7D+mt7cBpWi6fxMz7nLx/1cm/X6epmfPwO&#10;Wl9eTHe3IBJO6a8MJ31Wh4qddv5ATRRWQ8Z4rmpYqBzEqaDUPAOx4yhf5yCrUv7/ofoFAAD//wMA&#10;UEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5&#10;cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3Jl&#10;bHMvLnJlbHNQSwECLQAUAAYACAAAACEA7MWKXCsCAABSBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJz&#10;L2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAlElDV98AAAALAQAADwAAAAAAAAAAAAAAAACFBAAA&#10;ZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAJEFAAAAAA==&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="008C7778" w:rsidRPr="00F445E0" w:rsidRDefault="008C7778">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004E71CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -1118,91 +1120,72 @@
                               <w:t xml:space="preserve"> et résultats attendus</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shapetype id="_x0000_t15" coordsize="21600,21600" o:spt="15" adj="16200" path="m@0,l,,,21600@0,21600,21600,10800xe">
-[...10 lines deleted...]
-              <v:shape id="Pentagone 6" o:spid="_x0000_s1031" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-33.95pt;margin-top:20.15pt;width:138.95pt;height:99.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKj32ajAIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx2nibsGcYqgRYcB&#10;RRusHXpWZCnxptckJk7660vJj3ZbTsMusmiSH8mPpOZXB63IXvhQW1PS/GxEiTDcVrXZlPT70+2n&#10;z5QEYKZiyhpR0qMI9Grx8cO8cTMxtlurKuEJgpgwa1xJtwBulmWBb4Vm4cw6YVAprdcMUPSbrPKs&#10;QXStsvFoVGSN9ZXzlosQ8O9Nq6SLhC+l4PAgZRBAVEkxN0inT+c6ntlizmYbz9y25l0a7B+y0Kw2&#10;GHSAumHAyM7Xf0HpmnsbrIQzbnVmpay5SDVgNfnoj2oet8yJVAuSE9xAU/h/sPx+v/KkrkpaUGKY&#10;xhathAG2wW6RItLTuDBDq0e38p0U8BprPUiv4xerIIdE6XGgVByAcPyZXxSTophSwlGXj4vzYppI&#10;z97cnQ/wRVhN4gUrs1qsFINYOJux/V2ARGzVpceqH5RIrbBNe6bI+eXkvEfsjBG7x1zMs5h/m3G6&#10;wVGJiKfMNyGxcMxxnCKlkRPXyhOELSnjHHlIDCBeso5uslZqcMxPOSrII23o1NlGN5FGcXAcnXL8&#10;PeLgkaJaA4Ozro31pwCqn0Pk1r6vvq05lg+H9SF1e9q3dm2rI06At+1qBMdva+zDHQuwYh5Jxq3B&#10;/YYHPKSyTUltd6Nka/3Lqf/RPjbSv1DS4G6VNPzaMS8oUV8NDu9lPpnEZUzCZHoxRsG/16zfa8xO&#10;X1vsSI4viePpGu1B9VfprX7GZ2AZo6KKGY6xS8rB98I1tDuPDwkXy2UywwV0DO7Mo+MRPPIcx+bp&#10;8My864YRcI7vbb+H3Ti23X2zjZ7GLndgZQ1RGZluee0EXN40Ed1DE1+H93KyensOF68AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDQ/n2g3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7B&#10;OiS21m7TpjTEqQoSEywUOnRzY5ME7HNkO2l4e44Jtjvdp/++v9xNzrLRhNh5lLCYC2AGa687bCS8&#10;vz3N7oDFpFAr69FI+DYRdtX1VakK7S/4asZDahiFYCyUhDalvuA81q1xKs59b5BuHz44lWgNDddB&#10;XSjcWb4UIudOdUgfWtWbx9bUX4fBSRgfbK5x5T7Xp3U46r177l6GjZS3N9P+HlgyU/qD4Vef1KEi&#10;p7MfUEdmJczyzZZQCSuRASNguRBU7kxDts2AVyX/X6H6AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIqPfZqMAgAAVgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAND+faDfAAAACgEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" adj="15501" fillcolor="white [3201]" strokecolor="#f79646 [3209]" strokeweight="2pt">
+              <v:shape w14:anchorId="07714221" id="Pentagone 6" o:spid="_x0000_s1031" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-33.95pt;margin-top:20.15pt;width:138.95pt;height:99.5pt;z-index:251663360;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCKj32ajAIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx2nibsGcYqgRYcB&#10;RRusHXpWZCnxptckJk7660vJj3ZbTsMusmiSH8mPpOZXB63IXvhQW1PS/GxEiTDcVrXZlPT70+2n&#10;z5QEYKZiyhpR0qMI9Grx8cO8cTMxtlurKuEJgpgwa1xJtwBulmWBb4Vm4cw6YVAprdcMUPSbrPKs&#10;QXStsvFoVGSN9ZXzlosQ8O9Nq6SLhC+l4PAgZRBAVEkxN0inT+c6ntlizmYbz9y25l0a7B+y0Kw2&#10;GHSAumHAyM7Xf0HpmnsbrIQzbnVmpay5SDVgNfnoj2oet8yJVAuSE9xAU/h/sPx+v/KkrkpaUGKY&#10;xhathAG2wW6RItLTuDBDq0e38p0U8BprPUiv4xerIIdE6XGgVByAcPyZXxSTophSwlGXj4vzYppI&#10;z97cnQ/wRVhN4gUrs1qsFINYOJux/V2ARGzVpceqH5RIrbBNe6bI+eXkvEfsjBG7x1zMs5h/m3G6&#10;wVGJiKfMNyGxcMxxnCKlkRPXyhOELSnjHHlIDCBeso5uslZqcMxPOSrII23o1NlGN5FGcXAcnXL8&#10;PeLgkaJaA4Ozro31pwCqn0Pk1r6vvq05lg+H9SF1e9q3dm2rI06At+1qBMdva+zDHQuwYh5Jxq3B&#10;/YYHPKSyTUltd6Nka/3Lqf/RPjbSv1DS4G6VNPzaMS8oUV8NDu9lPpnEZUzCZHoxRsG/16zfa8xO&#10;X1vsSI4viePpGu1B9VfprX7GZ2AZo6KKGY6xS8rB98I1tDuPDwkXy2UywwV0DO7Mo+MRPPIcx+bp&#10;8My864YRcI7vbb+H3Ti23X2zjZ7GLndgZQ1RGZluee0EXN40Ed1DE1+H93KyensOF68AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDQ/n2g3wAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI+xTsMwEIZ3JN7B&#10;OiS21m7TpjTEqQoSEywUOnRzY5ME7HNkO2l4e44Jtjvdp/++v9xNzrLRhNh5lLCYC2AGa687bCS8&#10;vz3N7oDFpFAr69FI+DYRdtX1VakK7S/4asZDahiFYCyUhDalvuA81q1xKs59b5BuHz44lWgNDddB&#10;XSjcWb4UIudOdUgfWtWbx9bUX4fBSRgfbK5x5T7Xp3U46r177l6GjZS3N9P+HlgyU/qD4Vef1KEi&#10;p7MfUEdmJczyzZZQCSuRASNguRBU7kxDts2AVyX/X6H6AQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAIqPfZqMAgAAVgUAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAND+faDfAAAACgEAAA8AAAAAAAAAAAAAAAAA5gQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAADyBQAAAAA=&#10;" adj="15501" fillcolor="white [3201]" strokecolor="#f79646 [3209]" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00741F77" w:rsidRPr="00741F77" w:rsidRDefault="00741F77" w:rsidP="006F3F16">
                       <w:pPr>
                         <w:spacing w:after="0"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r w:rsidRPr="00741F77">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Objectif du projet</w:t>
                       </w:r>
                       <w:r w:rsidR="00F20516">
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
-                        <w:t xml:space="preserve"> et résultats </w:t>
+                        <w:t xml:space="preserve"> et résultats attendus</w:t>
                       </w:r>
-                      <w:r w:rsidR="00F20516">
-[...6 lines deleted...]
-                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidR="00564FF6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00564FF6">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00564FF6">
         <w:rPr>
           <w:sz w:val="20"/>
@@ -1376,51 +1359,51 @@
                               <w:rPr>
                                 <w:sz w:val="20"/>
                                 <w:szCs w:val="20"/>
                               </w:rPr>
                             </w:pPr>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:109.85pt;margin-top:14.7pt;width:390.55pt;height:87.65pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzotFvLAIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0XxxncZcYcYouXYYB&#10;3QPodtlNluRYmCR6khI7/fWj5DTNXpdhPgikSH0kP5JeXQ9Gk4N0XoGtaD6ZUiItB6HsrqJfPm9f&#10;LCjxgVnBNFhZ0aP09Hr9/Nmq70o5gxa0kI4giPVl31W0DaErs8zzVhrmJ9BJi8YGnGEBVbfLhGM9&#10;ohudzabTq6wHJzoHXHqPt7ejka4TftNIHj42jZeB6IpibiGdLp11PLP1ipU7x7pW8VMa7B+yMExZ&#10;DHqGumWBkb1Tv0EZxR14aMKEg8mgaRSXqQasJp/+Us19yzqZakFyfHemyf8/WP7h8MkRJbB3OSWW&#10;GezRV+wUEZIEOQRJZpGjvvMlut536ByG1zCgf6rXd3fAv3liYdMyu5M3zkHfSiYwxzy+zC6ejjg+&#10;gtT9exAYi+0DJKChcSYSiJQQRMdeHc/9wTwIx8v5slguFwUlHG15nr/MiyLFYOXj88758FaCIVGo&#10;qMMBSPDscOdDTIeVjy4xmgetxFZpnRS3qzfakQPDYdmm74T+k5u2pK/ospgVIwN/hZim708QRgWc&#10;eq1MRRdnJ1ZG3t5YkWYyMKVHGVPW9kRk5G5kMQz1kPp2FQNEkmsQR2TWwTjkuJQotOAeKOlxwCvq&#10;v++Zk5Todxa7s8zn87gRSZkXr2aouEtLfWlhliNURQMlo7gJaYsibxZusIuNSvw+ZXJKGQc30X5a&#10;srgZl3ryevoVrH8AAAD//wMAUEsDBBQABgAIAAAAIQDDZlh84AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVboqYJcSqEBIIbFNRe3dhNIux1sN00/D3bE9x2d0azb6r1&#10;5CwbTYi9RwnzmQBmsPG6x1bC58fT7QpYTAq1sh6NhB8TYV1fXlSq1P6E72bcpJZRCMZSSehSGkrO&#10;Y9MZp+LMDwZJO/jgVKI1tFwHdaJwZ/lCiCV3qkf60KnBPHam+docnYRV9jLu4uvd27ZZHmyRbvLx&#10;+TtIeX01PdwDS2ZKf2Y44xM61MS090fUkVkJi3mRk5WGIgN2NgghqMyeLiLLgdcV/9+h/gUAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBzotFvLAIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDZlh84AAAAAsBAAAPAAAAAAAAAAAAAAAAAIYE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
+              <v:shape w14:anchorId="69E3B837" id="_x0000_s1032" type="#_x0000_t202" style="position:absolute;left:0;text-align:left;margin-left:109.85pt;margin-top:14.7pt;width:390.55pt;height:87.65pt;z-index:251677696;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBzotFvLAIAAFIEAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0XxxncZcYcYouXYYB&#10;3QPodtlNluRYmCR6khI7/fWj5DTNXpdhPgikSH0kP5JeXQ9Gk4N0XoGtaD6ZUiItB6HsrqJfPm9f&#10;LCjxgVnBNFhZ0aP09Hr9/Nmq70o5gxa0kI4giPVl31W0DaErs8zzVhrmJ9BJi8YGnGEBVbfLhGM9&#10;ohudzabTq6wHJzoHXHqPt7ejka4TftNIHj42jZeB6IpibiGdLp11PLP1ipU7x7pW8VMa7B+yMExZ&#10;DHqGumWBkb1Tv0EZxR14aMKEg8mgaRSXqQasJp/+Us19yzqZakFyfHemyf8/WP7h8MkRJbB3OSWW&#10;GezRV+wUEZIEOQRJZpGjvvMlut536ByG1zCgf6rXd3fAv3liYdMyu5M3zkHfSiYwxzy+zC6ejjg+&#10;gtT9exAYi+0DJKChcSYSiJQQRMdeHc/9wTwIx8v5slguFwUlHG15nr/MiyLFYOXj88758FaCIVGo&#10;qMMBSPDscOdDTIeVjy4xmgetxFZpnRS3qzfakQPDYdmm74T+k5u2pK/ospgVIwN/hZim708QRgWc&#10;eq1MRRdnJ1ZG3t5YkWYyMKVHGVPW9kRk5G5kMQz1kPp2FQNEkmsQR2TWwTjkuJQotOAeKOlxwCvq&#10;v++Zk5Todxa7s8zn87gRSZkXr2aouEtLfWlhliNURQMlo7gJaYsibxZusIuNSvw+ZXJKGQc30X5a&#10;srgZl3ryevoVrH8AAAD//wMAUEsDBBQABgAIAAAAIQDDZlh84AAAAAsBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI/BTsMwEETvSPyDtUhcELVboqYJcSqEBIIbFNRe3dhNIux1sN00/D3bE9x2d0azb6r1&#10;5CwbTYi9RwnzmQBmsPG6x1bC58fT7QpYTAq1sh6NhB8TYV1fXlSq1P6E72bcpJZRCMZSSehSGkrO&#10;Y9MZp+LMDwZJO/jgVKI1tFwHdaJwZ/lCiCV3qkf60KnBPHam+docnYRV9jLu4uvd27ZZHmyRbvLx&#10;+TtIeX01PdwDS2ZKf2Y44xM61MS090fUkVkJi3mRk5WGIgN2NgghqMyeLiLLgdcV/9+h/gUAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBzotFvLAIAAFIEAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQDDZlh84AAAAAsBAAAPAAAAAAAAAAAAAAAAAIYE&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAkwUAAAAA&#10;">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="008C7778" w:rsidRPr="00F445E0" w:rsidRDefault="008C7778">
                       <w:pPr>
                         <w:rPr>
                           <w:sz w:val="20"/>
                           <w:szCs w:val="20"/>
                         </w:rPr>
                       </w:pPr>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
       <w:r w:rsidRPr="004E71CD">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <mc:AlternateContent>
@@ -1484,68 +1467,66 @@
                               <w:t>Activités principales de l’agent dans le cadre du projet</w:t>
                             </w:r>
                           </w:p>
                         </w:txbxContent>
                       </wps:txbx>
                       <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
                         <a:prstTxWarp prst="textNoShape">
                           <a:avLst/>
                         </a:prstTxWarp>
                         <a:noAutofit/>
                       </wps:bodyPr>
                     </wps:wsp>
                   </a:graphicData>
                 </a:graphic>
                 <wp14:sizeRelH relativeFrom="margin">
                   <wp14:pctWidth>0</wp14:pctWidth>
                 </wp14:sizeRelH>
                 <wp14:sizeRelV relativeFrom="margin">
                   <wp14:pctHeight>0</wp14:pctHeight>
                 </wp14:sizeRelV>
               </wp:anchor>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
-              <v:shape id="Pentagone 7" o:spid="_x0000_s1033" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-33.95pt;margin-top:14.8pt;width:141.45pt;height:87.65pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKfPGygwIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx2nSbMGdYqgRYcB&#10;RRssHXpWZCnxptckJnb660fJj7ZbTsMuMmmSH9+8um60IgfhQ2VNQfOzESXCcFtWZlvQ7093nz5T&#10;EoCZkilrREGPItDrxccPV7Wbi7HdWVUKTxDEhHntCroDcPMsC3wnNAtn1gmDQmm9ZoCs32alZzWi&#10;a5WNR6OLrLa+dN5yEQL+vW2FdJHwpRQcHqUMAogqKMYG6fXp3cQ3W1yx+dYzt6t4Fwb7hyg0qww6&#10;HaBuGTCy99VfULri3gYr4YxbnVkpKy5SDphNPvojm/WOOZFyweIEN5Qp/D9Y/nBYeVKVBZ1RYpjG&#10;Fq2EAbbFbpFZLE/twhy11m7lOy4gGXNtpNfxi1mQJpX0OJRUNEA4/sxnlxeTfEoJR1me5+f5dBpR&#10;s1dz5wN8EVaTSGBmVouVYhATZ3N2uA+QClt24bHyByVSK2zTgSlynl9O8w6xU0bsHhMdxfjbiBMF&#10;RyUinjLfhMTEMcZx8pRGTtwoTxC2oIxzrEMfa9KOZrJSajDMTxkq6MPpdKOZSKM4GI5OGb73OFgk&#10;r9bAYKwrY/0pgPLn4LnV77Nvc47pQ7Npum53zdzY8ogT4G27GsHxuwr7cM8CrJjHIuPW4H7DIz5S&#10;2bqgtqMo2Vn/cup/1I+N9C+U1LhbBQ2/9swLStRXg8N7mU8mcRkTM5nOxsj4t5LNW4nZ6xuLHcnx&#10;kjieyKgPqielt/oZz8AyekURMxx9F5SD75kbaHceDwkXy2VSwwV0DO7N2vEIHuscx+apeWbedcMI&#10;OMcPtt/Dbhzb8X3VjZbGLvdgZQVRGCvd1rVjcHmRencd3vJJ6/UcLn4DAAD//wMAUEsDBBQABgAI&#10;AAAAIQAgxBA33gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEvXQSGl&#10;6bSBkLhuwD1rTFstcaom27q3x5zgZsuffn9/tZq8EyccYx9Iw2KegUBqgu2p1fD58TZ7AhGTIWtc&#10;INRwwQir+vqqMqUNZ9riaZdawSEUS6OhS2kopYxNh97EeRiQ+PYdRm8Sr2Mr7WjOHO6dzLOskN70&#10;xB86M+BLh81hd/QavtR6c6FlamlZuPetvduow+uk9e3NtH4GkXBKfzD86rM61Oy0D0eyUTgNs+JR&#10;MaohVwUIBvLFA5fb85DdK5B1Jf9XqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACnzx&#10;soMCAABWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IMQQN94AAAAKAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" adj="17324" fillcolor="white [3201]" strokecolor="#4bacc6 [3208]" strokeweight="2pt">
+              <v:shape w14:anchorId="5D5C44A6" id="Pentagone 7" o:spid="_x0000_s1033" type="#_x0000_t15" style="position:absolute;left:0;text-align:left;margin-left:-33.95pt;margin-top:14.8pt;width:141.45pt;height:87.65pt;z-index:251665408;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAKfPGygwIAAFYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVEtv2zAMvg/YfxB0Xx2nSbMGdYqgRYcB&#10;RRssHXpWZCnxptckJnb660fJj7ZbTsMuMmmSH9+8um60IgfhQ2VNQfOzESXCcFtWZlvQ7093nz5T&#10;EoCZkilrREGPItDrxccPV7Wbi7HdWVUKTxDEhHntCroDcPMsC3wnNAtn1gmDQmm9ZoCs32alZzWi&#10;a5WNR6OLrLa+dN5yEQL+vW2FdJHwpRQcHqUMAogqKMYG6fXp3cQ3W1yx+dYzt6t4Fwb7hyg0qww6&#10;HaBuGTCy99VfULri3gYr4YxbnVkpKy5SDphNPvojm/WOOZFyweIEN5Qp/D9Y/nBYeVKVBZ1RYpjG&#10;Fq2EAbbFbpFZLE/twhy11m7lOy4gGXNtpNfxi1mQJpX0OJRUNEA4/sxnlxeTfEoJR1me5+f5dBpR&#10;s1dz5wN8EVaTSGBmVouVYhATZ3N2uA+QClt24bHyByVSK2zTgSlynl9O8w6xU0bsHhMdxfjbiBMF&#10;RyUinjLfhMTEMcZx8pRGTtwoTxC2oIxzrEMfa9KOZrJSajDMTxkq6MPpdKOZSKM4GI5OGb73OFgk&#10;r9bAYKwrY/0pgPLn4LnV77Nvc47pQ7Npum53zdzY8ogT4G27GsHxuwr7cM8CrJjHIuPW4H7DIz5S&#10;2bqgtqMo2Vn/cup/1I+N9C+U1LhbBQ2/9swLStRXg8N7mU8mcRkTM5nOxsj4t5LNW4nZ6xuLHcnx&#10;kjieyKgPqielt/oZz8AyekURMxx9F5SD75kbaHceDwkXy2VSwwV0DO7N2vEIHuscx+apeWbedcMI&#10;OMcPtt/Dbhzb8X3VjZbGLvdgZQVRGCvd1rVjcHmRencd3vJJ6/UcLn4DAAD//wMAUEsDBBQABgAI&#10;AAAAIQAgxBA33gAAAAoBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwDIbvSLxDZCQuaEvXQSGl&#10;6bSBkLhuwD1rTFstcaom27q3x5zgZsuffn9/tZq8EyccYx9Iw2KegUBqgu2p1fD58TZ7AhGTIWtc&#10;INRwwQir+vqqMqUNZ9riaZdawSEUS6OhS2kopYxNh97EeRiQ+PYdRm8Sr2Mr7WjOHO6dzLOskN70&#10;xB86M+BLh81hd/QavtR6c6FlamlZuPetvduow+uk9e3NtH4GkXBKfzD86rM61Oy0D0eyUTgNs+JR&#10;MaohVwUIBvLFA5fb85DdK5B1Jf9XqH8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEA&#10;ABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h&#10;/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEACnzx&#10;soMCAABWBQAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEA&#10;IMQQN94AAAAKAQAADwAAAAAAAAAAAAAAAADdBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA&#10;8wAAAOgFAAAAAA==&#10;" adj="17324" fillcolor="white [3201]" strokecolor="#4bacc6 [3208]" strokeweight="2pt">
                 <v:textbox>
                   <w:txbxContent>
                     <w:p w:rsidR="00CC4B5C" w:rsidRPr="00741F77" w:rsidRDefault="008D2826" w:rsidP="00CC4B5C">
                       <w:pPr>
                         <w:jc w:val="center"/>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                       </w:pPr>
                       <w:r>
                         <w:rPr>
                           <w:b/>
                         </w:rPr>
                         <w:t>Activités principales de l’agent dans le cadre du projet</w:t>
                       </w:r>
-                      <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-                      <w:bookmarkEnd w:id="1"/>
                     </w:p>
                   </w:txbxContent>
                 </v:textbox>
               </v:shape>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
     <w:p w:rsidR="004E71CD" w:rsidRPr="004E71CD" w:rsidRDefault="006F3F16" w:rsidP="00CC4B5C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
@@ -1849,210 +1830,202 @@
       <w:r w:rsidR="00564FF6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="006F3F16" w:rsidRDefault="006F3F16" w:rsidP="00564FF6">
       <w:pPr>
         <w:ind w:left="4956" w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">+ </w:t>
-[...10 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>+ cachet</w:t>
+      </w:r>
     </w:p>
     <w:p w:rsidR="00EC79A5" w:rsidRDefault="00EC79A5" w:rsidP="006F3F16">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00741F77" w:rsidRDefault="00741F77" w:rsidP="006F3F16">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w:rsidR="00741F77" w:rsidRDefault="00741F77" w:rsidP="006F3F16">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00741F77" w:rsidSect="00F63DFF">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="238" w:right="907" w:bottom="244" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00DE3CFB" w:rsidRDefault="00DE3CFB" w:rsidP="00E800A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00DE3CFB" w:rsidRDefault="00DE3CFB" w:rsidP="00E800A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="00DE3CFB" w:rsidRDefault="00DE3CFB" w:rsidP="00E800A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="00DE3CFB" w:rsidRDefault="00DE3CFB" w:rsidP="00E800A4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00414BF8"/>
     <w:rsid w:val="00271146"/>
+    <w:rsid w:val="003631E4"/>
     <w:rsid w:val="00414BF8"/>
     <w:rsid w:val="004E71CD"/>
     <w:rsid w:val="00564FF6"/>
     <w:rsid w:val="00573CCE"/>
     <w:rsid w:val="0069613A"/>
     <w:rsid w:val="006F3F16"/>
     <w:rsid w:val="00741F77"/>
     <w:rsid w:val="007D0FB0"/>
     <w:rsid w:val="008370A5"/>
     <w:rsid w:val="008B29FA"/>
     <w:rsid w:val="008C7778"/>
     <w:rsid w:val="008D2826"/>
     <w:rsid w:val="009B2B47"/>
     <w:rsid w:val="00A84CA7"/>
     <w:rsid w:val="00B6587C"/>
     <w:rsid w:val="00C97D05"/>
     <w:rsid w:val="00CC1F1A"/>
     <w:rsid w:val="00CC4B5C"/>
     <w:rsid w:val="00CD6EC6"/>
     <w:rsid w:val="00D056EA"/>
     <w:rsid w:val="00DA1C4A"/>
     <w:rsid w:val="00DE3CFB"/>
     <w:rsid w:val="00E800A4"/>
     <w:rsid w:val="00EC79A5"/>
     <w:rsid w:val="00EE6B0A"/>
@@ -2062,472 +2035,448 @@
     <w:rsid w:val="00F63DFF"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="fr-FR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
+  <w14:docId w14:val="272642BC"/>
+  <w15:docId w15:val="{1E7CE630-7CF8-43C0-9060-70829D8DA5EA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="fr-FR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="1" w:defUnhideWhenUsed="1" w:defQFormat="0" w:count="267">
-[...400 lines deleted...]
-    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+    <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
+    <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid" w:semiHidden="1" w:uiPriority="59" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 3" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 3" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 3" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 3" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 3" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 3" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 4" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 4" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 4" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 4" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 4" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 4" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 4" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 4" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 4" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 5" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 5" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 5" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
+    <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
+    <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
+    <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
+    <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
+    <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
+    <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
+    <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
+    <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
+    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Policepardfaut">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableauNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -2594,58 +2543,58 @@
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextedebullesCar">
     <w:name w:val="Texte de bulles Car"/>
     <w:basedOn w:val="Policepardfaut"/>
     <w:link w:val="Textedebulles"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00CC4B5C"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" mc:Ignorable="w14">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpg"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2007/relationships/stylesWithEffects" Target="stylesWithEffects.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2895,65 +2844,65 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>94</Words>
-  <Characters>521</Characters>
+  <Characters>522</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>4</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>DSI</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>614</CharactersWithSpaces>
+  <CharactersWithSpaces>615</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Pauline Brunel</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>